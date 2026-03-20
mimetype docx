--- v0 (2025-11-21)
+++ v1 (2026-03-20)
@@ -1188,60 +1188,58 @@
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004B33F2" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F97FDC" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>was</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B64664" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presented</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for approval.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk106382373"/>
       <w:r w:rsidR="007B59F6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -1809,67 +1807,57 @@
         </w:rPr>
         <w:t>Internal Audit Roundtable CPE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE924B5" w14:textId="77777777" w:rsidR="00DA5A07" w:rsidRDefault="00DA5A07" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C4E0285" w14:textId="18A15324" w:rsidR="002574BF" w:rsidRDefault="009443FD" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In order to</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> accommodate the public participation, </w:t>
+        <w:t xml:space="preserve">In order to accommodate the public participation, </w:t>
       </w:r>
       <w:r w:rsidR="00B51FBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the Internal Audit Roundtable </w:t>
       </w:r>
       <w:r w:rsidR="00C66462">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">agenda </w:t>
       </w:r>
       <w:r w:rsidR="00B51FBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">item was moved </w:t>
       </w:r>
@@ -2115,51 +2103,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and se</w:t>
       </w:r>
       <w:r w:rsidR="005A4660">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conded by Leighann Manning.  Motion passed unanimously.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCA538C" w14:textId="77777777" w:rsidR="00907909" w:rsidRDefault="00907909" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52BE2631" w14:textId="6FAC585C" w:rsidR="002574BF" w:rsidRDefault="00915EDA" w:rsidP="00731EEF">
+    <w:p w14:paraId="52BE2631" w14:textId="761568C7" w:rsidR="002574BF" w:rsidRDefault="00915EDA" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nikki Lanier</w:t>
       </w:r>
       <w:r w:rsidR="006869EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> asked for a motion to be </w:t>
       </w:r>
@@ -2196,58 +2184,50 @@
         <w:t>Internal Auditor Staff and Internal Auditor Roundtables</w:t>
       </w:r>
       <w:r w:rsidR="009A05CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="005E72BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with the suggested changes.  Motion was made by Steve Kirk and seconded by Jennifer Boen</w:t>
       </w:r>
       <w:r w:rsidR="003A3118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">signing as CPE provider Jay and Leighann second.  </w:t>
       </w:r>
       <w:r w:rsidR="005A4660">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Motion passed u</w:t>
       </w:r>
       <w:r w:rsidR="002574BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nanimously.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E66478F" w14:textId="77777777" w:rsidR="003A3118" w:rsidRDefault="003A3118" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3472,69 +3452,51 @@
         </w:rPr>
         <w:t xml:space="preserve">and is a CIA </w:t>
       </w:r>
       <w:r w:rsidR="00E22E8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and will be a self-examination with external validation. </w:t>
       </w:r>
       <w:r w:rsidR="0040012B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nikki Lanier</w:t>
       </w:r>
       <w:r w:rsidR="00E22E8F" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> indicated that the request was uploaded to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> SharePoint and requested a motion for approval.  </w:t>
+        <w:t xml:space="preserve"> indicated that the request was uploaded to the SIAAB SharePoint and requested a motion for approval.  </w:t>
       </w:r>
       <w:r w:rsidR="009B75D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
       <w:r w:rsidR="009B75D1" w:rsidRPr="00E467BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> motioned</w:t>
       </w:r>
       <w:r w:rsidR="009B75D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to approve the QAR team submitted for the Illinois Emergency Management Agency</w:t>
       </w:r>
@@ -3722,69 +3684,51 @@
         </w:rPr>
         <w:t>request the</w:t>
       </w:r>
       <w:r w:rsidR="009D790E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00904340">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CIA </w:t>
       </w:r>
       <w:r w:rsidR="009D790E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">certificate </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the reviewer to evidence they have a current CIA.</w:t>
+        <w:t>certificate of the reviewer to evidence they have a current CIA.</w:t>
       </w:r>
       <w:r w:rsidR="00214DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  This change is due to the change with the 202</w:t>
       </w:r>
       <w:r w:rsidR="009B7AE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00214DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
@@ -4709,72 +4653,60 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00A93E67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> deadline isn’t </w:t>
       </w:r>
       <w:r w:rsidR="004E5C99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">missed.  SIAAB </w:t>
       </w:r>
       <w:r w:rsidR="00FB791E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">discussed looking at when the agency is deemed to be a </w:t>
-[...9 lines deleted...]
-        <w:t>stand alon</w:t>
+        <w:t>discussed looking at when the agency is deemed to be a stand alon</w:t>
       </w:r>
       <w:r w:rsidR="00325C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FB791E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agency for statutory purposes.  They currently have an</w:t>
       </w:r>
       <w:r w:rsidR="00D510A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A8523A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">intergovernmental agreement with several agencies that it was created from.  </w:t>
       </w:r>
       <w:r w:rsidR="00C16598">
@@ -5487,103 +5419,55 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B6CB2AD" w14:textId="77777777" w:rsidR="00144AF0" w:rsidRDefault="00144AF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DBF347D" w14:textId="77777777" w:rsidR="00144AF0" w:rsidRDefault="00144AF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...51 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="4509543D" w14:textId="03C82CC8" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -8431,63 +8315,59 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="00003745"/>
     <w:rsid w:val="00003E15"/>
     <w:rsid w:val="0000424E"/>
@@ -8937,50 +8817,51 @@
     <w:rsid w:val="002B039D"/>
     <w:rsid w:val="002B08A9"/>
     <w:rsid w:val="002B1237"/>
     <w:rsid w:val="002B23D9"/>
     <w:rsid w:val="002B34D7"/>
     <w:rsid w:val="002B3B22"/>
     <w:rsid w:val="002B530B"/>
     <w:rsid w:val="002B6A63"/>
     <w:rsid w:val="002B6B9B"/>
     <w:rsid w:val="002C008D"/>
     <w:rsid w:val="002C0846"/>
     <w:rsid w:val="002C2032"/>
     <w:rsid w:val="002C2500"/>
     <w:rsid w:val="002C2D90"/>
     <w:rsid w:val="002C3663"/>
     <w:rsid w:val="002C408F"/>
     <w:rsid w:val="002C53A6"/>
     <w:rsid w:val="002C5757"/>
     <w:rsid w:val="002C5845"/>
     <w:rsid w:val="002C65E8"/>
     <w:rsid w:val="002C6E20"/>
     <w:rsid w:val="002C7E8A"/>
     <w:rsid w:val="002D0290"/>
     <w:rsid w:val="002D0A03"/>
     <w:rsid w:val="002D11B5"/>
+    <w:rsid w:val="002D2CDF"/>
     <w:rsid w:val="002D391F"/>
     <w:rsid w:val="002D43EF"/>
     <w:rsid w:val="002D44AE"/>
     <w:rsid w:val="002D479D"/>
     <w:rsid w:val="002D48FD"/>
     <w:rsid w:val="002D5EFB"/>
     <w:rsid w:val="002E034E"/>
     <w:rsid w:val="002E1DAC"/>
     <w:rsid w:val="002E257C"/>
     <w:rsid w:val="002E3806"/>
     <w:rsid w:val="002E3DE8"/>
     <w:rsid w:val="002E6105"/>
     <w:rsid w:val="002F0095"/>
     <w:rsid w:val="002F22CC"/>
     <w:rsid w:val="002F296D"/>
     <w:rsid w:val="002F2E27"/>
     <w:rsid w:val="002F35B4"/>
     <w:rsid w:val="002F3D10"/>
     <w:rsid w:val="002F4C9E"/>
     <w:rsid w:val="002F4CBC"/>
     <w:rsid w:val="002F4F7A"/>
     <w:rsid w:val="002F6436"/>
     <w:rsid w:val="002F6444"/>
     <w:rsid w:val="002F660B"/>
     <w:rsid w:val="002F6BCC"/>
@@ -9391,50 +9272,51 @@
     <w:rsid w:val="005377ED"/>
     <w:rsid w:val="005404E3"/>
     <w:rsid w:val="00540754"/>
     <w:rsid w:val="005408BA"/>
     <w:rsid w:val="0054315D"/>
     <w:rsid w:val="00543CF4"/>
     <w:rsid w:val="005444C2"/>
     <w:rsid w:val="00551B07"/>
     <w:rsid w:val="0055237B"/>
     <w:rsid w:val="005523DA"/>
     <w:rsid w:val="005526E0"/>
     <w:rsid w:val="005538BC"/>
     <w:rsid w:val="00554127"/>
     <w:rsid w:val="0055415D"/>
     <w:rsid w:val="00554C71"/>
     <w:rsid w:val="00555506"/>
     <w:rsid w:val="005555BF"/>
     <w:rsid w:val="00557361"/>
     <w:rsid w:val="0056033C"/>
     <w:rsid w:val="00560731"/>
     <w:rsid w:val="005632E6"/>
     <w:rsid w:val="005633D7"/>
     <w:rsid w:val="005640AD"/>
     <w:rsid w:val="005640D6"/>
     <w:rsid w:val="00566F31"/>
+    <w:rsid w:val="005671C8"/>
     <w:rsid w:val="005704FC"/>
     <w:rsid w:val="00570994"/>
     <w:rsid w:val="005722CF"/>
     <w:rsid w:val="00572794"/>
     <w:rsid w:val="00572E4B"/>
     <w:rsid w:val="00574177"/>
     <w:rsid w:val="00577678"/>
     <w:rsid w:val="0058175A"/>
     <w:rsid w:val="005825CC"/>
     <w:rsid w:val="00583594"/>
     <w:rsid w:val="00584AC7"/>
     <w:rsid w:val="00584DD4"/>
     <w:rsid w:val="00584FA9"/>
     <w:rsid w:val="00585A91"/>
     <w:rsid w:val="0058629A"/>
     <w:rsid w:val="005904BB"/>
     <w:rsid w:val="005907FE"/>
     <w:rsid w:val="00590A5B"/>
     <w:rsid w:val="005914C7"/>
     <w:rsid w:val="00591D09"/>
     <w:rsid w:val="0059216B"/>
     <w:rsid w:val="00592D51"/>
     <w:rsid w:val="00592FF2"/>
     <w:rsid w:val="00593B0B"/>
     <w:rsid w:val="00594872"/>
@@ -9574,50 +9456,51 @@
     <w:rsid w:val="00664745"/>
     <w:rsid w:val="00664822"/>
     <w:rsid w:val="006657ED"/>
     <w:rsid w:val="006661BE"/>
     <w:rsid w:val="00667124"/>
     <w:rsid w:val="0066767A"/>
     <w:rsid w:val="00670400"/>
     <w:rsid w:val="00670F3A"/>
     <w:rsid w:val="0067171A"/>
     <w:rsid w:val="00672740"/>
     <w:rsid w:val="00673A55"/>
     <w:rsid w:val="00673BAE"/>
     <w:rsid w:val="00673D3A"/>
     <w:rsid w:val="00677B53"/>
     <w:rsid w:val="00680800"/>
     <w:rsid w:val="006809F3"/>
     <w:rsid w:val="00681B5A"/>
     <w:rsid w:val="00682392"/>
     <w:rsid w:val="006837B4"/>
     <w:rsid w:val="00683936"/>
     <w:rsid w:val="0068425C"/>
     <w:rsid w:val="0068666D"/>
     <w:rsid w:val="006869EA"/>
     <w:rsid w:val="00686A68"/>
     <w:rsid w:val="0068700C"/>
+    <w:rsid w:val="006873CD"/>
     <w:rsid w:val="006900A5"/>
     <w:rsid w:val="00690312"/>
     <w:rsid w:val="006914EF"/>
     <w:rsid w:val="00691866"/>
     <w:rsid w:val="00692DD3"/>
     <w:rsid w:val="0069324E"/>
     <w:rsid w:val="00693836"/>
     <w:rsid w:val="0069409A"/>
     <w:rsid w:val="00694BCF"/>
     <w:rsid w:val="00695FB6"/>
     <w:rsid w:val="00696D29"/>
     <w:rsid w:val="006973E0"/>
     <w:rsid w:val="006A049E"/>
     <w:rsid w:val="006A0EF2"/>
     <w:rsid w:val="006A0FB8"/>
     <w:rsid w:val="006A2673"/>
     <w:rsid w:val="006A33BC"/>
     <w:rsid w:val="006A5530"/>
     <w:rsid w:val="006A71B7"/>
     <w:rsid w:val="006B18F8"/>
     <w:rsid w:val="006B2CA7"/>
     <w:rsid w:val="006B30E9"/>
     <w:rsid w:val="006B38F9"/>
     <w:rsid w:val="006B48B3"/>
     <w:rsid w:val="006B4CE8"/>
@@ -10483,50 +10366,51 @@
     <w:rsid w:val="00BB1C5F"/>
     <w:rsid w:val="00BB3018"/>
     <w:rsid w:val="00BB399E"/>
     <w:rsid w:val="00BB4557"/>
     <w:rsid w:val="00BB49ED"/>
     <w:rsid w:val="00BB72E0"/>
     <w:rsid w:val="00BB76AA"/>
     <w:rsid w:val="00BB7E98"/>
     <w:rsid w:val="00BC04A9"/>
     <w:rsid w:val="00BC0E6D"/>
     <w:rsid w:val="00BC1506"/>
     <w:rsid w:val="00BC2533"/>
     <w:rsid w:val="00BC3474"/>
     <w:rsid w:val="00BC4759"/>
     <w:rsid w:val="00BC47BD"/>
     <w:rsid w:val="00BC4827"/>
     <w:rsid w:val="00BC49B8"/>
     <w:rsid w:val="00BC65D7"/>
     <w:rsid w:val="00BC6A48"/>
     <w:rsid w:val="00BC6AAA"/>
     <w:rsid w:val="00BC719A"/>
     <w:rsid w:val="00BC78E6"/>
     <w:rsid w:val="00BD018D"/>
     <w:rsid w:val="00BD0B86"/>
     <w:rsid w:val="00BD19D3"/>
+    <w:rsid w:val="00BD1E34"/>
     <w:rsid w:val="00BD22C4"/>
     <w:rsid w:val="00BD27DC"/>
     <w:rsid w:val="00BD30B1"/>
     <w:rsid w:val="00BD3AD8"/>
     <w:rsid w:val="00BD5603"/>
     <w:rsid w:val="00BD6658"/>
     <w:rsid w:val="00BD7134"/>
     <w:rsid w:val="00BE1BE5"/>
     <w:rsid w:val="00BE1EF1"/>
     <w:rsid w:val="00BE316E"/>
     <w:rsid w:val="00BE4309"/>
     <w:rsid w:val="00BE442B"/>
     <w:rsid w:val="00BE6033"/>
     <w:rsid w:val="00BE67EE"/>
     <w:rsid w:val="00BE6DFF"/>
     <w:rsid w:val="00BE717C"/>
     <w:rsid w:val="00BE7311"/>
     <w:rsid w:val="00BE7B97"/>
     <w:rsid w:val="00BE7EEA"/>
     <w:rsid w:val="00BF0CE8"/>
     <w:rsid w:val="00BF0E06"/>
     <w:rsid w:val="00BF1B95"/>
     <w:rsid w:val="00BF662F"/>
     <w:rsid w:val="00C01179"/>
     <w:rsid w:val="00C02EAF"/>
@@ -12634,71 +12518,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -12881,125 +12765,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1493</Words>
-  <Characters>8258</Characters>
+  <Words>1485</Words>
+  <Characters>8216</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>205</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SIAAB Meeting Minutes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Illinois Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9732</CharactersWithSpaces>
+  <CharactersWithSpaces>9616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>