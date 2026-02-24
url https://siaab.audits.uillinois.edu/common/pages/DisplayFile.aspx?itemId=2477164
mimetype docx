--- v0 (2025-10-31)
+++ v1 (2026-02-24)
@@ -11,81 +11,81 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidP="00A3131A" w:rsidRDefault="007022E6" w14:paraId="5591D197" w14:textId="45A5B369">
+    <w:p w14:paraId="5591D197" w14:textId="45A5B369" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6" w:rsidP="00A3131A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>STATE OF ILLINOIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="562276E7" w14:textId="3B1B6EF9">
+    <w:p w14:paraId="562276E7" w14:textId="3B1B6EF9" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERNAL AUDIT ADVISORY </w:t>
       </w:r>
       <w:r w:rsidR="00963B89">
@@ -100,1182 +100,1184 @@
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Web Address: </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Link to the State Internal Audit Advisory Board website" w:history="1" r:id="rId11">
+      <w:hyperlink r:id="rId11" w:tooltip="Link to the State Internal Audit Advisory Board website" w:history="1">
         <w:r w:rsidRPr="00F8212D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HTTP://SIAAB.AUDITS.UILLINOIS.EDU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="03386F16" w14:textId="77777777">
+    <w:p w14:paraId="03386F16" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MINUTES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="00963B89" w14:paraId="270A5970" w14:textId="548E4CAB">
+    <w:p w14:paraId="270A5970" w14:textId="548E4CAB" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="00963B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F8212D" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Meeting – </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>September 9</w:t>
       </w:r>
       <w:r w:rsidR="0015402A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="5315EB3D" w14:textId="023D453D">
+    <w:p w14:paraId="5315EB3D" w14:textId="023D453D" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1:0</w:t>
       </w:r>
       <w:r w:rsidR="00A81E4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00F8212D" w:rsidRDefault="007022E6" w14:paraId="0AEE73EE" w14:textId="77777777">
+    <w:p w14:paraId="0AEE73EE" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00F8212D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Call to Order</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="78E23318" w14:textId="77777777">
+    <w:p w14:paraId="78E23318" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00CC6B77" w:rsidRDefault="00B90A13" w14:paraId="18CF246B" w14:textId="218E8C3A">
+    <w:p w14:paraId="18CF246B" w14:textId="218E8C3A" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00B90A13" w:rsidP="00CC6B77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A meeting of the State of Illinois Internal Audit Advisory </w:t>
       </w:r>
       <w:r w:rsidR="00963B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SIAAB) was held at Illinois Department of Transportation, 2300 S. Dirksen Parkway</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00CD07A9">
+      <w:r w:rsidR="00CD07A9" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Springfield, Illinois, with video conferencing available.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The meeting was called to order at 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="0055237B">
+      <w:r w:rsidR="0055237B" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:0</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="005E59FF">
+      <w:r w:rsidR="005E59FF" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.m. by </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jay Wagner</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00424CFF">
+      <w:r w:rsidR="00424CFF" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="002B034D">
+      <w:r w:rsidR="002B034D" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="009D8A7C" w14:textId="77777777">
+    <w:p w14:paraId="009D8A7C" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="36D67144" w14:textId="77777777">
+    <w:p w14:paraId="36D67144" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Roll Call</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="5BC41CB6" w14:textId="77777777">
+    <w:p w14:paraId="5BC41CB6" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00026217" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="38945EFA" w14:textId="0A931791">
+    <w:p w14:paraId="38945EFA" w14:textId="0A931791" w:rsidR="00026217" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Members </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00DB356B">
+      <w:r w:rsidR="00DB356B" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00927EF0">
+      <w:r w:rsidR="00927EF0" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esent</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="49ED04B1" w14:textId="68D3F622">
+    <w:p w14:paraId="49ED04B1" w14:textId="68D3F622" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Butch Stilwell, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Vice-Chair) </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Central Management Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00293191" w:rsidP="00EF7D74" w:rsidRDefault="00293191" w14:paraId="14CBDEAD" w14:textId="6B569E4C">
+    <w:p w14:paraId="14CBDEAD" w14:textId="6B569E4C" w:rsidR="00293191" w:rsidRDefault="00293191" w:rsidP="00EF7D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk, Department of Transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="447DF7FC" w14:textId="6BE9E1A3">
+    <w:p w14:paraId="447DF7FC" w14:textId="6BE9E1A3" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner, Office of the Attorney General</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="752EA39C" w14:textId="44C4F10F">
+    <w:p w14:paraId="752EA39C" w14:textId="44C4F10F" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Amy Macklin, Department of Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="5F8505D0" w14:textId="005F0034">
+    <w:p w14:paraId="5F8505D0" w14:textId="005F0034" w:rsidR="003C5C5C" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jennifer Boen, Office of the Illinois State Treasurer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071B8E" w:rsidP="00071B8E" w:rsidRDefault="00071B8E" w14:paraId="4F33401D" w14:textId="13FB2E57">
+    <w:p w14:paraId="4F33401D" w14:textId="13FB2E57" w:rsidR="00071B8E" w:rsidRDefault="00071B8E" w:rsidP="00071B8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University of Illinois System</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00AC33D5" w:rsidP="005F3246" w:rsidRDefault="00AC33D5" w14:paraId="48314AF3" w14:textId="77777777">
+    <w:p w14:paraId="48314AF3" w14:textId="77777777" w:rsidR="00AC33D5" w:rsidRPr="007C39B3" w:rsidRDefault="00AC33D5" w:rsidP="005F3246">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00293191" w:rsidP="005E59FF" w:rsidRDefault="00293191" w14:paraId="70C4782A" w14:textId="037AA2C3">
+    <w:p w14:paraId="70C4782A" w14:textId="037AA2C3" w:rsidR="00293191" w:rsidRPr="007C39B3" w:rsidRDefault="00293191" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members participating remotely</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00AC33D5" w:rsidP="005E59FF" w:rsidRDefault="003C5C5C" w14:paraId="671D892A" w14:textId="0CA081F4">
+    <w:p w14:paraId="671D892A" w14:textId="0CA081F4" w:rsidR="00AC33D5" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283186" w:rsidP="005E59FF" w:rsidRDefault="00283186" w14:paraId="75E0D647" w14:textId="77777777">
+    <w:p w14:paraId="75E0D647" w14:textId="77777777" w:rsidR="00283186" w:rsidRDefault="00283186" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00071B8E" w:rsidP="003808BF" w:rsidRDefault="008A5824" w14:paraId="76689338" w14:textId="77777777">
+    <w:p w14:paraId="76689338" w14:textId="77777777" w:rsidR="00071B8E" w:rsidRDefault="008A5824" w:rsidP="003808BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members absent:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0080335D" w:rsidP="009B017A" w:rsidRDefault="0080335D" w14:paraId="15865457" w14:textId="79036572">
+    <w:p w14:paraId="15865457" w14:textId="79036572" w:rsidR="0080335D" w:rsidRDefault="0080335D" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nikki Lanier, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(notified past Chair) </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Revenue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D84FA3" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="6DE8F326" w14:textId="6E56DDC2">
+    <w:p w14:paraId="6DE8F326" w14:textId="6E56DDC2" w:rsidR="00D84FA3" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jackie Hohn, State University Retirement System</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (notified Chair)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="43623DF4" w14:textId="633C5B3F">
+    <w:p w14:paraId="43623DF4" w14:textId="633C5B3F" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Leighann Manning, Department of Public Health (notified </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="725119A4" w14:textId="1FF838AF">
+    <w:p w14:paraId="725119A4" w14:textId="1FF838AF" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stell Mallios, Secretary of State</w:t>
       </w:r>
       <w:r w:rsidR="007643B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (notified Chair)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="3CE16A48" w14:textId="77777777">
+    <w:p w14:paraId="3CE16A48" w14:textId="77777777" w:rsidR="003C5C5C" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="72743A77" w14:textId="3470FCAA">
+    <w:p w14:paraId="72743A77" w14:textId="3470FCAA" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="6FF3EE06" w14:textId="77777777">
+    <w:p w14:paraId="6FF3EE06" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD50FE" w:rsidP="00EB044A" w:rsidRDefault="00BC6AAA" w14:paraId="66F5A1ED" w14:textId="551B3A19">
+    <w:p w14:paraId="66F5A1ED" w14:textId="551B3A19" w:rsidR="00DD50FE" w:rsidRDefault="00BC6AAA" w:rsidP="00EB044A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The d</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00B64664">
+      <w:r w:rsidR="00B64664" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">raft minutes </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="001370DC">
+      <w:r w:rsidR="001370DC" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for the</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00E51A5A">
+      <w:r w:rsidR="00E51A5A" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>August 12</w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00CA432C">
+      <w:r w:rsidR="00CA432C" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B33F2">
+      <w:r w:rsidR="004B33F2" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00F97FDC">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F97FDC" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>was</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00B64664">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B64664" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presented</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for approval.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk106382373" w:id="0"/>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007B59F6">
+      <w:bookmarkStart w:id="0" w:name="_Hlk106382373"/>
+      <w:r w:rsidR="007B59F6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A motion to approve was made </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="009C1657">
+      <w:r w:rsidR="009C1657" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00D455B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">was </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">seconded by </w:t>
       </w:r>
       <w:r w:rsidR="0080335D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis.</w:t>
       </w:r>
       <w:r w:rsidR="00433667">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The motion passed unanimously</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007D17D7">
+      <w:r w:rsidR="007D17D7" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00131974" w:rsidP="00EB044A" w:rsidRDefault="00131974" w14:paraId="7C0F0A8F" w14:textId="77777777">
+    <w:p w14:paraId="7C0F0A8F" w14:textId="77777777" w:rsidR="00131974" w:rsidRDefault="00131974" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="17C15473" w14:textId="5D00A035">
+    <w:p w14:paraId="17C15473" w14:textId="5D00A035" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Public Participation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C91274" w:rsidP="00731EEF" w:rsidRDefault="00C91274" w14:paraId="501218FD" w14:textId="77777777">
+    <w:p w14:paraId="501218FD" w14:textId="77777777" w:rsidR="00C91274" w:rsidRDefault="00C91274" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A47373" w:rsidP="00731EEF" w:rsidRDefault="0080335D" w14:paraId="2ECD96EE" w14:textId="1B1EF8B5">
+    <w:p w14:paraId="2ECD96EE" w14:textId="1B1EF8B5" w:rsidR="00A47373" w:rsidRDefault="0080335D" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Katrina Woodcock</w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Internal Auditor for the Illinois Department of Transportation and</w:t>
       </w:r>
       <w:r w:rsidR="007643B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007643B9" w:rsidR="007643B9">
+      <w:r w:rsidR="007643B9" w:rsidRPr="007643B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="007643B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vice President of the Springfield Chapter of the Institute of Internal Auditors,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Satu Allen</w:t>
       </w:r>
       <w:r w:rsidR="007643B9">
@@ -1286,132 +1288,178 @@
         </w:rPr>
         <w:t>, Internal Auditor for the Illinois Department of Transportation,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> joined the meeting as public participants.  </w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Jay Wagner welcomed them and asked them if they had any order of business for the boar</w:t>
+        <w:t xml:space="preserve">Jay Wagner welcomed them and asked them if they had any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>order of business</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the boar</w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Katrina and Satu noted that they were requesting SIAAB input as to whether the ongoing quarterly Information Technology (IT) and Staff Auditor Roundtables could qualify for attendees to receive </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Continuing Professional Education (CPE) credits.  Katrina noted that the roundtable agenda are composed of all audit related topics.  </w:t>
+        <w:t xml:space="preserve">Continuing Professional Education (CPE) credits.  Katrina noted that the roundtable agenda </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> composed of all audit related topics.  </w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jay</w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wagner</w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> indicated that they would need to consider a method to monitor attendance such as pop-up questions. Julie</w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zemaitis</w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> noted that they should also review the Administrative Code requirements to ensure compliance </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">for issuing </w:t>
+        <w:t>for issuing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B433B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CPE.  There was consensus among the Board that the roundtables could be considered as CPE </w:t>
       </w:r>
       <w:r w:rsidR="00F97FDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> all </w:t>
       </w:r>
@@ -1426,1679 +1474,1814 @@
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements are met.  </w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner stated that the Board could</w:t>
       </w:r>
       <w:r w:rsidR="00C91274">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintain records of the roundtables on the Boards SharePoint drive.  Katrina and Satu noted that they will provide for the Boards review, a summary of the plan for providing CPE certificates for the IT and staff auditor roundtables.  Once the Board has received and reviewed the summary provided, the Board will consider a vote to approve.  Jay noted that Katrina and Satu should also present to the Institute of Internal Auditors, Springfield Chapter for their consideration.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="358B363A" w14:textId="77777777">
+    <w:p w14:paraId="358B363A" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00731EEF" w:rsidRDefault="00F8212D" w14:paraId="650EF12F" w14:textId="69B73C25">
+    <w:p w14:paraId="650EF12F" w14:textId="69B73C25" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00F8212D" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>REPORTS AND UPDATES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00731EEF" w:rsidP="00731EEF" w:rsidRDefault="00731EEF" w14:paraId="6F092442" w14:textId="77777777">
+    <w:p w14:paraId="6F092442" w14:textId="77777777" w:rsidR="00731EEF" w:rsidRPr="007C39B3" w:rsidRDefault="00731EEF" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="005368AD" w:rsidP="005368AD" w:rsidRDefault="005368AD" w14:paraId="37FEA596" w14:textId="77777777">
+    <w:p w14:paraId="37FEA596" w14:textId="77777777" w:rsidR="005368AD" w:rsidRPr="000D50C2" w:rsidRDefault="005368AD" w:rsidP="005368AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CPE Coordinator/Webmaster</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="005368AD" w:rsidP="005368AD" w:rsidRDefault="005368AD" w14:paraId="3F234B53" w14:textId="77777777">
+    <w:p w14:paraId="3F234B53" w14:textId="77777777" w:rsidR="005368AD" w:rsidRPr="000D50C2" w:rsidRDefault="005368AD" w:rsidP="005368AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="002F660B" w:rsidP="002F660B" w:rsidRDefault="002F660B" w14:paraId="38F865B3" w14:textId="209441FE">
+    <w:p w14:paraId="38F865B3" w14:textId="209441FE" w:rsidR="002F660B" w:rsidRPr="000D50C2" w:rsidRDefault="002F660B" w:rsidP="002F660B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="69C38E40" w:rsidR="02AD4BFE">
+      <w:r w:rsidRPr="69C38E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Julie Zemaitis reported </w:t>
+      </w:r>
+      <w:r w:rsidR="02AD4BFE" w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CPE for participation in the two external QARs approved by SIAAB at the August meeting was provided to the two validators. She reported </w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="007643B9">
+      <w:r w:rsidR="007643B9" w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
+      <w:r w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> registrations for the 2017 Standards course and</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="20B441B3">
+      <w:r w:rsidR="20B441B3" w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
+      <w:r w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> completion</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="79C647C7">
+      <w:r w:rsidR="79C647C7" w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
+      <w:r w:rsidRPr="69C38E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  She noted, however</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="69C38E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007643B9" w:rsidRPr="69C38E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007643B9" w:rsidRPr="69C38E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> registrants also registered for the 2024 GIAS course.</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="008F5820">
+      <w:r w:rsidR="008F5820" w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  There were 7 registrations and 2 completions for the 2024 GIAS course.</w:t>
       </w:r>
-      <w:r w:rsidRPr="69C38E40" w:rsidR="002F660B">
+      <w:r w:rsidRPr="69C38E40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> CPE has been awarded to each registrant who completed the course. The course activity for the past month has been uploaded to SIAAB’s SharePoint site. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F5820" w:rsidP="00F56E8D" w:rsidRDefault="008F5820" w14:paraId="4E2A511B" w14:textId="0F539553">
+    <w:p w14:paraId="4E2A511B" w14:textId="0F539553" w:rsidR="008F5820" w:rsidRDefault="008F5820" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D50C2" w:rsidP="00F56E8D" w:rsidRDefault="008F5820" w14:paraId="3FAFB73A" w14:textId="7D452E22">
+    <w:p w14:paraId="3FAFB73A" w14:textId="7D452E22" w:rsidR="000D50C2" w:rsidRDefault="008F5820" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steve Kirk inquired as to whether there had been anyone register for the course that was not a State of Illinois employee. </w:t>
+        <w:t xml:space="preserve">Steve Kirk inquired as to whether there had been anyone </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>register</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the course that was not a State of Illinois employee. </w:t>
       </w:r>
       <w:r w:rsidR="00E75385">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Julie Zemaitis stated that she believed there was but would need to review the comprehensive list. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F5820">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Amy Macklin inquired as to whether a comprehensive list of registrations and completions was available. Julie Zemaitis stated that this was available and that she would upload the comprehensive listing to the SIAAB SharePoint.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008F5820" w:rsidP="00F56E8D" w:rsidRDefault="008F5820" w14:paraId="69F49D97" w14:textId="77777777">
+        <w:t xml:space="preserve">Amy Macklin inquired as to whether a comprehensive list of registrations and completions was available. Julie Zemaitis stated that this was available and that she would upload the comprehensive listing to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5820">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the SIAAB</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5820">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SharePoint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F49D97" w14:textId="77777777" w:rsidR="008F5820" w:rsidRDefault="008F5820" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F5820" w:rsidP="00F56E8D" w:rsidRDefault="00E75385" w14:paraId="28D401AE" w14:textId="482B7A4C">
+    <w:p w14:paraId="28D401AE" w14:textId="482B7A4C" w:rsidR="008F5820" w:rsidRDefault="00E75385" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Julie Zemaitis stated that she uploaded a document prescribing a proposed update to the SIAAB GIAS QAR Webpage to clarify the description of the GIAS 2024 training.  The revision will note that the training </w:t>
       </w:r>
       <w:r w:rsidR="0095501C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>encompasses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> current IIA standards and SIAAB requirement</w:t>
       </w:r>
       <w:r w:rsidR="0095501C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provides 6.0 hours of Government CPE.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75385" w:rsidP="00F56E8D" w:rsidRDefault="00E75385" w14:paraId="51555C05" w14:textId="77777777">
+    <w:p w14:paraId="51555C05" w14:textId="77777777" w:rsidR="00E75385" w:rsidRDefault="00E75385" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008F5820" w:rsidR="00E75385" w:rsidP="00F56E8D" w:rsidRDefault="0095501C" w14:paraId="7C2D6820" w14:textId="0BB64207">
+    <w:p w14:paraId="7C2D6820" w14:textId="0BB64207" w:rsidR="00E75385" w:rsidRPr="008F5820" w:rsidRDefault="0095501C" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r w:rsidR="00E75385">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jay Wagner informed the Board that the Legislative Audit Commission requested that SIAAB leave the Auditor General Position posting on the SIAAB website even though the Pauly Group requested applications to be submitted by August 22,</w:t>
       </w:r>
       <w:r w:rsidR="00E75385">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E75385">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00131974" w:rsidP="00B90378" w:rsidRDefault="00131974" w14:paraId="571A7CF3" w14:textId="77777777">
+    <w:p w14:paraId="571A7CF3" w14:textId="77777777" w:rsidR="00131974" w:rsidRPr="007643B9" w:rsidRDefault="00131974" w:rsidP="00B90378">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00C25202" w:rsidP="00C25202" w:rsidRDefault="00C25202" w14:paraId="0E15FE7C" w14:textId="77777777">
+    <w:p w14:paraId="0E15FE7C" w14:textId="77777777" w:rsidR="00C25202" w:rsidRPr="004A0AEB" w:rsidRDefault="00C25202" w:rsidP="00C25202">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quality Assurance Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00C25202" w:rsidP="00C25202" w:rsidRDefault="00C25202" w14:paraId="7CD08454" w14:textId="77777777">
+    <w:p w14:paraId="7CD08454" w14:textId="77777777" w:rsidR="00C25202" w:rsidRPr="004A0AEB" w:rsidRDefault="00C25202" w:rsidP="00C25202">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00A66A6D" w:rsidP="00B917A7" w:rsidRDefault="0096749E" w14:paraId="5BB49B89" w14:textId="0AA2725A">
+    <w:p w14:paraId="5BB49B89" w14:textId="0AA2725A" w:rsidR="00A66A6D" w:rsidRPr="004A0AEB" w:rsidRDefault="0096749E" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice Chair </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="0038652F">
+      <w:r w:rsidR="0038652F" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Butch Stilwell reported </w:t>
       </w:r>
       <w:r w:rsidR="0095501C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="00A66A6D">
+      <w:r w:rsidR="00A66A6D" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="004A0AEB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="00A66A6D">
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illinois Student Assistance Commission submitted a QAR Team Request.  He indicated that the request was uploaded to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the SIAAB</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SharePoint and requested a motion for approval.  Amy Macklin motioned.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66A6D" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="004A0AEB">
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="00A66A6D">
+      <w:r w:rsidR="00A66A6D" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> seconded. The motion passed unanimously.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00A66A6D" w:rsidP="00B917A7" w:rsidRDefault="00A66A6D" w14:paraId="6637CA3B" w14:textId="77777777">
+    <w:p w14:paraId="6637CA3B" w14:textId="77777777" w:rsidR="00A66A6D" w:rsidRPr="007643B9" w:rsidRDefault="00A66A6D" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00942917" w:rsidP="00B917A7" w:rsidRDefault="00A66A6D" w14:paraId="7FD784CB" w14:textId="44AF2852">
+    <w:p w14:paraId="7FD784CB" w14:textId="44AF2852" w:rsidR="00942917" w:rsidRDefault="00A66A6D" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice Chair Butch Stilwell reported </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="004A0AEB">
-[...5 lines deleted...]
-        <w:t>that the Board received correspondence from James Timberlake, the Chief Internal Auditor for Chicago State University. The correspondence recognized that the University is currently not compliant with the Global Internal Audit Standards requirement to perform a QAR once every 5 years</w:t>
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the Board received correspondence from James Timberlake, the Chief Internal Auditor for Chicago State University. The correspondence </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0AEB" w:rsidRPr="004A0AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>recognized that the University is currently not compliant with the Global Internal Audit Standards requirement to perform a QAR once every 5 years</w:t>
       </w:r>
       <w:r w:rsidR="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provided an estimated date of completion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0AEB" w:rsidP="00B917A7" w:rsidRDefault="004A0AEB" w14:paraId="44985062" w14:textId="2EF70D3A">
+    <w:p w14:paraId="44985062" w14:textId="2EF70D3A" w:rsidR="004A0AEB" w:rsidRDefault="004A0AEB" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vice Chair Butch Stilwell reported that he received e-mail communication from Candace Long, Chief Internal Auditor of the Illinois Emergency Management Agency (IEMA), seeking a volunteer to serve as the external auditor for IEMA’s Quality Assurance Review.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0AEB" w:rsidP="00B917A7" w:rsidRDefault="004A0AEB" w14:paraId="1AB26319" w14:textId="77777777">
+    <w:p w14:paraId="1AB26319" w14:textId="77777777" w:rsidR="004A0AEB" w:rsidRDefault="004A0AEB" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A0AEB" w:rsidP="00B917A7" w:rsidRDefault="005B433B" w14:paraId="67B85E69" w14:textId="49805EA7">
+    <w:p w14:paraId="67B85E69" w14:textId="49805EA7" w:rsidR="004A0AEB" w:rsidRDefault="005B433B" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r w:rsidR="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jay Wagner noted that all QAR communications received by the Board will be directed to him while Butch Stilwell is on leave.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="004A0AEB" w:rsidP="00B917A7" w:rsidRDefault="004A0AEB" w14:paraId="0B153EF7" w14:textId="77777777">
+    <w:p w14:paraId="0B153EF7" w14:textId="77777777" w:rsidR="004A0AEB" w:rsidRPr="004A0AEB" w:rsidRDefault="004A0AEB" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00B917A7" w:rsidP="00B917A7" w:rsidRDefault="00B917A7" w14:paraId="462131DD" w14:textId="77777777">
+    <w:p w14:paraId="462131DD" w14:textId="77777777" w:rsidR="00B917A7" w:rsidRPr="007643B9" w:rsidRDefault="00B917A7" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D72A2" w:rsidR="00001B64" w:rsidP="00001B64" w:rsidRDefault="00FB6AF3" w14:paraId="28A39A43" w14:textId="7F9F9379">
+    <w:p w14:paraId="28A39A43" w14:textId="7F9F9379" w:rsidR="00001B64" w:rsidRPr="000D72A2" w:rsidRDefault="00FB6AF3" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="00001B64">
+      <w:r w:rsidR="00001B64" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uidance Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D72A2" w:rsidR="00001B64" w:rsidP="00001B64" w:rsidRDefault="00001B64" w14:paraId="2761B1FE" w14:textId="77777777">
+    <w:p w14:paraId="2761B1FE" w14:textId="77777777" w:rsidR="00001B64" w:rsidRPr="000D72A2" w:rsidRDefault="00001B64" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D72A2" w:rsidR="000D72A2" w:rsidP="000D72A2" w:rsidRDefault="000E4D94" w14:paraId="741BE3DC" w14:textId="6D015D40">
+    <w:p w14:paraId="741BE3DC" w14:textId="6D015D40" w:rsidR="000D72A2" w:rsidRPr="000D72A2" w:rsidRDefault="000E4D94" w:rsidP="000D72A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="00F11E0B">
+      <w:r w:rsidR="00F11E0B" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="008A4E55">
+      <w:r w:rsidR="008A4E55" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">reported </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="000D72A2">
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that he had no updates for the Board.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D72A2" w:rsidR="00241C00" w:rsidP="00761E87" w:rsidRDefault="00241C00" w14:paraId="7CF80FF6" w14:textId="77777777">
+    <w:p w14:paraId="7CF80FF6" w14:textId="77777777" w:rsidR="00241C00" w:rsidRPr="000D72A2" w:rsidRDefault="00241C00" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D72A2" w:rsidR="00241C00" w:rsidP="00761E87" w:rsidRDefault="005B433B" w14:paraId="57F2CB31" w14:textId="29D166BA">
+    <w:p w14:paraId="57F2CB31" w14:textId="29D166BA" w:rsidR="00241C00" w:rsidRPr="000D72A2" w:rsidRDefault="005B433B" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="000D72A2">
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jay Wagner reported that he received communication that an external audit firm of a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="000D72A2">
-[...5 lines deleted...]
-        <w:t>tate agency is requesting CPE records for external audit coordinators stating that the coordinators should be meeting the SIAAB established CPE requirements for auditors.  There was consensus among the board that external audit coordinators duties may vary from agency to agency and that CPE requirements would need to be assessed on a</w:t>
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate agency is requesting CPE records for external audit coordinators stating that the coordinators should be meeting the SIAAB established CPE requirements for auditors.  There was consensus among the board that external audit </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>coordinators</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duties may vary from agency to agency and that CPE requirements would need to be assessed on a</w:t>
       </w:r>
       <w:r w:rsidR="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n individual</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D72A2" w:rsidR="000D72A2">
+      <w:r w:rsidR="000D72A2" w:rsidRPr="000D72A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> basis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00342375" w:rsidP="00F27E1F" w:rsidRDefault="00342375" w14:paraId="109F4219" w14:textId="77777777">
+    <w:p w14:paraId="109F4219" w14:textId="77777777" w:rsidR="00342375" w:rsidRPr="00282482" w:rsidRDefault="00342375" w:rsidP="00F27E1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00342375" w:rsidP="00342375" w:rsidRDefault="00075B5A" w14:paraId="0B266334" w14:textId="02B50F2C">
+    <w:p w14:paraId="0B266334" w14:textId="02B50F2C" w:rsidR="00342375" w:rsidRPr="00282482" w:rsidRDefault="00075B5A" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00342375" w:rsidP="00342375" w:rsidRDefault="00342375" w14:paraId="73A0701E" w14:textId="77777777">
+    <w:p w14:paraId="73A0701E" w14:textId="77777777" w:rsidR="00342375" w:rsidRPr="00282482" w:rsidRDefault="00342375" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00E70F86" w:rsidP="00CC2CA6" w:rsidRDefault="000D72A2" w14:paraId="634A4962" w14:textId="4A76A600">
+    <w:p w14:paraId="634A4962" w14:textId="4A76A600" w:rsidR="00E70F86" w:rsidRPr="00282482" w:rsidRDefault="000D72A2" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner reported that to date, there are 126 paid registrations for the 20025 SIAAB Conference.  He stated that he anticipates registration to reach closer to 200 by the date of the conference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="000D72A2" w:rsidP="00CC2CA6" w:rsidRDefault="000D72A2" w14:paraId="425C626A" w14:textId="77777777">
+    <w:p w14:paraId="425C626A" w14:textId="77777777" w:rsidR="000D72A2" w:rsidRPr="00282482" w:rsidRDefault="000D72A2" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="000D72A2" w:rsidP="00CC2CA6" w:rsidRDefault="000D72A2" w14:paraId="23CE7798" w14:textId="1509A976">
+    <w:p w14:paraId="23CE7798" w14:textId="1509A976" w:rsidR="000D72A2" w:rsidRPr="00282482" w:rsidRDefault="000D72A2" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner noted that the staff roundtable has grown over time and that this year the staff roundtable will be separate</w:t>
       </w:r>
       <w:r w:rsidR="0095501C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> into two roundtables, one for auditors of large agencies and one for auditors of smaller agencies.  He noted that SIAAB will assign auditors based on their respective agency.  He noted that Rex Crossland has agreed to moderate the second staff auditor roundtable.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="1A9335FA" w14:textId="6152A523">
+    <w:p w14:paraId="1A9335FA" w14:textId="6152A523" w:rsidR="00282482" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>He also noted that there are currently 34 individuals registered for the staff roundtable and 18 individuals registered for the IT roundtable.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="2C49581C" w14:textId="77777777">
+    <w:p w14:paraId="2C49581C" w14:textId="77777777" w:rsidR="00282482" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="078CC732" w14:textId="40B57CD9">
+    <w:p w14:paraId="078CC732" w14:textId="40B57CD9" w:rsidR="00282482" w:rsidRPr="00282482" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. Jay Wagner indicated that he </w:t>
       </w:r>
       <w:r w:rsidR="00F97FDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>would</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> send reminders for registration for the 2025 SIAAB Conference roundtables. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="05B8EEFC" w14:textId="77777777">
+    <w:p w14:paraId="05B8EEFC" w14:textId="77777777" w:rsidR="00282482" w:rsidRPr="007643B9" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00282482" w:rsidR="00E604D1" w:rsidP="00342375" w:rsidRDefault="00E604D1" w14:paraId="5534FC0E" w14:textId="25B655F1">
+    <w:p w14:paraId="5534FC0E" w14:textId="25B655F1" w:rsidR="00E604D1" w:rsidRPr="00282482" w:rsidRDefault="00E604D1" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information Technology Auditor Working Group</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="0F918C67" w14:textId="045ECF8D">
+    <w:p w14:paraId="0F918C67" w14:textId="045ECF8D" w:rsidR="00282482" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="58A0818C" w14:textId="06F06B9C">
+    <w:p w14:paraId="58A0818C" w14:textId="06F06B9C" w:rsidR="00282482" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>See update under public participation section of meeting minutes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00282482" w:rsidP="00342375" w:rsidRDefault="00282482" w14:paraId="196FE467" w14:textId="514864DF">
+    <w:p w14:paraId="196FE467" w14:textId="514864DF" w:rsidR="00282482" w:rsidRPr="004A0AEB" w:rsidRDefault="00282482" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00E6619F" w:rsidP="00E6619F" w:rsidRDefault="00E6619F" w14:paraId="1FAF3A05" w14:textId="198FDDF4">
+    <w:p w14:paraId="1FAF3A05" w14:textId="198FDDF4" w:rsidR="00E6619F" w:rsidRPr="004A0AEB" w:rsidRDefault="00E6619F" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FOIA Officer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="00E6619F" w:rsidP="00E6619F" w:rsidRDefault="00E6619F" w14:paraId="2051836C" w14:textId="77777777">
+    <w:p w14:paraId="2051836C" w14:textId="77777777" w:rsidR="00E6619F" w:rsidRPr="004A0AEB" w:rsidRDefault="00E6619F" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045B86" w:rsidP="00E6619F" w:rsidRDefault="00847F16" w14:paraId="7C516B54" w14:textId="75114390">
+    <w:p w14:paraId="7C516B54" w14:textId="75114390" w:rsidR="00045B86" w:rsidRDefault="00847F16" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Butch Stilwell reported there</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="004F71A6">
+      <w:r w:rsidR="004F71A6" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been no FOIA requests</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A0AEB" w:rsidR="00E6619F">
+      <w:r w:rsidR="00E6619F" w:rsidRPr="004A0AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0AEB" w:rsidP="00E6619F" w:rsidRDefault="004A0AEB" w14:paraId="7B891C98" w14:textId="77777777">
+    <w:p w14:paraId="7B891C98" w14:textId="77777777" w:rsidR="004A0AEB" w:rsidRDefault="004A0AEB" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004A0AEB" w:rsidR="004A0AEB" w:rsidP="00E6619F" w:rsidRDefault="004A0AEB" w14:paraId="2DD53B82" w14:textId="6C5EDB42">
+    <w:p w14:paraId="2DD53B82" w14:textId="6C5EDB42" w:rsidR="004A0AEB" w:rsidRPr="004A0AEB" w:rsidRDefault="004A0AEB" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Butch Stilwell noted that the SIAAB website will be updated to reflect Jennifer Boen as the FOIA Officer while he is on leave.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00834FDB" w:rsidP="00847F16" w:rsidRDefault="00834FDB" w14:paraId="272AB10D" w14:textId="77777777">
+    <w:p w14:paraId="272AB10D" w14:textId="77777777" w:rsidR="00834FDB" w:rsidRPr="007643B9" w:rsidRDefault="00834FDB" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk103429863" w:id="1"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003D58B7" w:rsidP="00847F16" w:rsidRDefault="003D58B7" w14:paraId="43EB8AE5" w14:textId="77777777">
+      <w:bookmarkStart w:id="1" w:name="_Hlk103429863"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk103429905"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk103430109"/>
+    </w:p>
+    <w:p w14:paraId="43EB8AE5" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="00847F16" w:rsidRDefault="003D58B7" w14:paraId="2C49C7B9" w14:textId="77777777">
+    <w:p w14:paraId="2C49C7B9" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="00847F16" w:rsidRDefault="003D58B7" w14:paraId="3481EF06" w14:textId="77777777">
+    <w:p w14:paraId="3481EF06" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="007022E6" w:rsidP="00847F16" w:rsidRDefault="00DF246F" w14:paraId="3C3CC00B" w14:textId="257FD7AE">
+    <w:p w14:paraId="3C3CC00B" w14:textId="257FD7AE" w:rsidR="007022E6" w:rsidRPr="003D58B7" w:rsidRDefault="00DF246F" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OLD BUSINESS</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00B279DF">
+      <w:r w:rsidR="00B279DF" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="004572B3" w:rsidP="00B867AD" w:rsidRDefault="004572B3" w14:paraId="2996CFEB" w14:textId="77777777">
+    <w:p w14:paraId="2996CFEB" w14:textId="77777777" w:rsidR="004572B3" w:rsidRPr="003D58B7" w:rsidRDefault="004572B3" w:rsidP="00B867AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="004B786C" w:rsidP="00B867AD" w:rsidRDefault="004B786C" w14:paraId="696AD35D" w14:textId="512C3FC2">
+    <w:p w14:paraId="696AD35D" w14:textId="512C3FC2" w:rsidR="004B786C" w:rsidRPr="003D58B7" w:rsidRDefault="004B786C" w:rsidP="00B867AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Potential Legislative Updates</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="00F70101" w:rsidP="006E4FA3" w:rsidRDefault="00F70101" w14:paraId="26699AB3" w14:textId="381D29FC">
+    <w:p w14:paraId="26699AB3" w14:textId="381D29FC" w:rsidR="00F70101" w:rsidRPr="003D58B7" w:rsidRDefault="00F70101" w:rsidP="006E4FA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="007819A8" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="7384DAC9" w14:textId="488BB601">
+    <w:p w14:paraId="7384DAC9" w14:textId="488BB601" w:rsidR="007819A8" w:rsidRPr="003D58B7" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00B363B5">
+      <w:r w:rsidR="00B363B5" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reported </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00D20D63">
+      <w:r w:rsidR="00D20D63" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>his Legislative Affairs team has th</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="003D58B7">
+      <w:r w:rsidR="003D58B7" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00D20D63">
+      <w:r w:rsidR="00D20D63" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> draft but that there has been no movement to date.  He noted that he was asked to </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="003D58B7">
+      <w:r w:rsidR="003D58B7" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide the draft to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00D20D63">
+      <w:r w:rsidR="00D20D63" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Public Access Counselor to make sure that they agree with the proposed revision to allow individuals who join </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="003D58B7">
+      <w:r w:rsidR="003D58B7" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>open access meetings</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="00D20D63">
+      <w:r w:rsidR="00D20D63" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> remotely to count towards </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D58B7" w:rsidR="003D58B7">
+      <w:r w:rsidR="003D58B7" w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quorum.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00854C67" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="3295125A" w14:textId="77777777">
+    <w:p w14:paraId="3295125A" w14:textId="77777777" w:rsidR="00854C67" w:rsidRPr="007643B9" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="00854C67" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="0B67110D" w14:textId="77777777">
+    <w:p w14:paraId="0B67110D" w14:textId="77777777" w:rsidR="00854C67" w:rsidRPr="007643B9" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="004B786C" w:rsidP="00D26F8D" w:rsidRDefault="004B786C" w14:paraId="0848331E" w14:textId="15B00B3D">
+    <w:p w14:paraId="0848331E" w14:textId="15B00B3D" w:rsidR="004B786C" w:rsidRPr="003D58B7" w:rsidRDefault="004B786C" w:rsidP="00D26F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NEW BUSINESS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="6A03FF03" w14:textId="77777777">
+    <w:p w14:paraId="6A03FF03" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRPr="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="008D0CFC" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="1A75D78A" w14:textId="0C569035">
+    <w:p w14:paraId="1A75D78A" w14:textId="0C569035" w:rsidR="008D0CFC" w:rsidRPr="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Key Date Item: </w:t>
       </w:r>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Review audio or video recordings of meetings that occurred over 18 months ago and determine whether to retain or destroy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="1460BCCA" w14:textId="77777777">
+    <w:p w14:paraId="1460BCCA" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRPr="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="0AFA4AD8" w14:textId="6FA448E5">
+    <w:p w14:paraId="0AFA4AD8" w14:textId="6FA448E5" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner reported that there were no audio or video recordings to review.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="6307F53A" w14:textId="77777777">
+    <w:p w14:paraId="6307F53A" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="2267C296" w14:textId="77777777">
+    <w:p w14:paraId="2267C296" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D58B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Key Date Item: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hold closed meeting to review prior closed meeting recording and minutes to determine whether to keep closed or open to the public.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="0DFF0840" w14:textId="77777777">
+        <w:t xml:space="preserve">Hold closed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meeting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to review prior closed meeting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recording</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and minutes to determine whether to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keep</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> closed or open to the public.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFF0840" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="62157974" w14:textId="77777777">
+    <w:p w14:paraId="62157974" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner reported that there were no closed meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="19E99346" w14:textId="77777777">
+    <w:p w14:paraId="19E99346" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="3FF74673" w14:textId="315E0C96">
+    <w:p w14:paraId="3FF74673" w14:textId="315E0C96" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk reported that he was reappointed as the Chief Internal Auditor of the Illinois Department of Transportation (IDOT).  He also noted that Jerry Nimmons is the new IDOT Audit Manager.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="26C07407" w14:textId="77777777">
+    <w:p w14:paraId="26C07407" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003D58B7" w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="0925DBAA" w14:textId="2A60F063">
+    <w:p w14:paraId="0925DBAA" w14:textId="2A60F063" w:rsidR="003D58B7" w:rsidRPr="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Amy Macklin reported to the Board that she recently attended a Legislative Audit Commission (LAC) hearing for the Illinois Department of Human Services</w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (IDHS)</w:t>
       </w:r>
@@ -3129,513 +3312,531 @@
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prior </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>findings in successive audits.  Amy also noted that much of the subject matter of the hearing was not directly related to the information contained in the audit reports or the audit findings.</w:t>
       </w:r>
       <w:r w:rsidR="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amy also noted that the LAC requested additional documentation to be provided by IDHS for LAC review prior to their next meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D58B7" w:rsidP="003D58B7" w:rsidRDefault="003D58B7" w14:paraId="1106B6AA" w14:textId="77777777">
+    <w:p w14:paraId="1106B6AA" w14:textId="77777777" w:rsidR="003D58B7" w:rsidRDefault="003D58B7" w:rsidP="003D58B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="008153B3" w:rsidP="00D26F8D" w:rsidRDefault="008153B3" w14:paraId="06A87DF2" w14:textId="77777777">
+    <w:p w14:paraId="06A87DF2" w14:textId="77777777" w:rsidR="008153B3" w:rsidRPr="007643B9" w:rsidRDefault="008153B3" w:rsidP="00D26F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008A5E1C" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="00124A84" w14:paraId="5CF7FDFA" w14:textId="0A27C14F">
+    <w:p w14:paraId="5CF7FDFA" w14:textId="0A27C14F" w:rsidR="007022E6" w:rsidRPr="008A5E1C" w:rsidRDefault="00124A84" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ANNOUNCEMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A5E1C" w:rsidR="008153B3" w:rsidP="0099440D" w:rsidRDefault="008153B3" w14:paraId="58655A12" w14:textId="77777777">
+    <w:p w14:paraId="58655A12" w14:textId="77777777" w:rsidR="008153B3" w:rsidRPr="008A5E1C" w:rsidRDefault="008153B3" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008A5E1C" w:rsidR="000864F9" w:rsidP="0099440D" w:rsidRDefault="00CA6798" w14:paraId="201FEBD4" w14:textId="7476DF71">
+    <w:p w14:paraId="201FEBD4" w14:textId="7476DF71" w:rsidR="000864F9" w:rsidRPr="008A5E1C" w:rsidRDefault="00CA6798" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The next regularly in person meeting of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00963B89">
+        <w:t xml:space="preserve">The next </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A5E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regularly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A5E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in person meeting of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00963B89" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is scheduled for </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="008A5E1C">
+      <w:r w:rsidR="008A5E1C" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>October</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00A907B2">
+      <w:r w:rsidR="00A907B2" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="008A5E1C">
+      <w:r w:rsidR="008A5E1C" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00C118E3">
+      <w:r w:rsidR="00C118E3" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00C118E3">
+      <w:r w:rsidR="00C118E3" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00901BDB">
+      <w:r w:rsidR="00901BDB" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 1:00 p.m.  The location is IDOT, 2300 S. Dirksen Parkway, Springfield, IL.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B433B" w:rsidR="007819A8" w:rsidP="0099440D" w:rsidRDefault="007819A8" w14:paraId="147A6093" w14:textId="77777777">
+    <w:p w14:paraId="147A6093" w14:textId="77777777" w:rsidR="007819A8" w:rsidRPr="005B433B" w:rsidRDefault="007819A8" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="005B433B" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="00124A84" w14:paraId="77CD5CAE" w14:textId="6D092FC4">
+    <w:p w14:paraId="77CD5CAE" w14:textId="6D092FC4" w:rsidR="007022E6" w:rsidRPr="005B433B" w:rsidRDefault="00124A84" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B433B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ADJOURNMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007643B9" w:rsidR="008153B3" w:rsidP="0099440D" w:rsidRDefault="008153B3" w14:paraId="2A0E4FE6" w14:textId="77777777">
+    <w:p w14:paraId="2A0E4FE6" w14:textId="77777777" w:rsidR="008153B3" w:rsidRPr="007643B9" w:rsidRDefault="008153B3" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="007022E6" w14:paraId="13083CC3" w14:textId="3AB86F8A">
+    <w:p w14:paraId="13083CC3" w14:textId="3AB86F8A" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A motion to adjourn was made by </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00672740">
+      <w:r w:rsidR="00672740" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00D42376">
+      <w:r w:rsidR="00D42376" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00B11FA6">
+      <w:r w:rsidR="00B11FA6" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00D42376">
+      <w:r w:rsidR="00D42376" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> second</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00F60769">
+      <w:r w:rsidR="00F60769" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00CA6798">
+      <w:r w:rsidR="00CA6798" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="008A5E1C">
+      <w:r w:rsidR="008A5E1C" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Th</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e motion </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5E1C" w:rsidR="00BC78E6">
+      <w:r w:rsidR="00BC78E6" w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>passed</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> unanimously</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. The meeting adjourned at</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00BB4557">
+      <w:r w:rsidR="00BB4557" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F10BD8" w:rsidR="008A5E1C">
+      <w:r w:rsidR="008A5E1C" w:rsidRPr="00F10BD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F10BD8" w:rsidR="00B363B5">
+      <w:r w:rsidR="00B363B5" w:rsidRPr="00F10BD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F10BD8" w:rsidR="008A5E1C">
+      <w:r w:rsidR="008A5E1C" w:rsidRPr="00F10BD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00EB0761">
+      <w:r w:rsidR="00EB0761" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00384114">
+      <w:r w:rsidR="00384114" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A5E1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00C8543F">
+      <w:r w:rsidR="00C8543F" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF2574">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidSect="00960254">
+    <w:sectPr w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidSect="00960254">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0" w14:paraId="2296D253" w14:textId="77777777">
+    <w:p w14:paraId="2296D253" w14:textId="77777777" w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0" w14:paraId="62CA3329" w14:textId="77777777">
+    <w:p w14:paraId="62CA3329" w14:textId="77777777" w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3659,807 +3860,760 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="642B1A51" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="642B1A51" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00B45A94" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="6147A9D2" w14:textId="2EE65B3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6147A9D2" w14:textId="2EE65B3F" w:rsidR="007022E6" w:rsidRPr="00B45A94" w:rsidRDefault="007022E6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B45A94" w:rsidR="00FC002F">
+    <w:r w:rsidR="00FC002F" w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="1AC38E6B" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AC38E6B" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0" w14:paraId="0108D4E3" w14:textId="77777777">
+    <w:p w14:paraId="0108D4E3" w14:textId="77777777" w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0" w14:paraId="6CEAE585" w14:textId="77777777">
+    <w:p w14:paraId="6CEAE585" w14:textId="77777777" w:rsidR="00D80CB0" w:rsidRDefault="00D80CB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="167F5BC8" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="167F5BC8" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...51 lines deleted...]
-  </w:sdt>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4509543D" w14:textId="30DFC6D6" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="071E513E" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="071E513E" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="089D0FF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00A065CC"/>
     <w:lvl w:ilvl="0" w:tplc="FA1C96D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A396BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48BCB6E6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A4137F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE745156"/>
     <w:lvl w:ilvl="0" w:tplc="065413A4">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23E671F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A8C564E"/>
     <w:lvl w:ilvl="0" w:tplc="A15A7CA8">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25207FFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C2271C2"/>
     <w:lvl w:ilvl="0" w:tplc="9BE6461E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -4505,147 +4659,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30444C34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F2E19A2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A30A79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADA2CAD4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4710,171 +4864,171 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F6D0790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80328122"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41E82838"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15B0698A"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4936,390 +5090,390 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="436A0AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC7CC0DC"/>
     <w:lvl w:ilvl="0" w:tplc="B0C4EC02">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="451B5FB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFE2A4FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45B62171"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69E2A2EE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD47D78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53A2FA9C"/>
     <w:lvl w:ilvl="0" w:tplc="BABE7B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5365,390 +5519,390 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51853118"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0DAED34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58BD0EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23B2C7A2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CC66F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A4AFDF6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ECD1623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFAEF6F8"/>
     <w:lvl w:ilvl="0" w:tplc="F52A114A">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5882,390 +6036,390 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643B66D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38080596"/>
     <w:lvl w:ilvl="0" w:tplc="E4DEA6C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69622F3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88FCBF32"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="735B38B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC18CBC4"/>
     <w:lvl w:ilvl="0" w:tplc="55227B5C">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79841923"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B38851E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -6311,372 +6465,372 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A543ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6CECA0C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF5409C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A470E4B0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9B20C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7B63B66"/>
     <w:lvl w:ilvl="0" w:tplc="91F29AEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="390613079">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="858117">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1644773506">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1925069982">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="719089337">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="659390249">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1733502143">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="192304492">
@@ -6724,64 +6878,61 @@
   <w:num w:numId="22" w16cid:durableId="1926261131">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="00003745"/>
     <w:rsid w:val="00003E15"/>
     <w:rsid w:val="0000424E"/>
@@ -6961,50 +7112,51 @@
     <w:rsid w:val="001228B1"/>
     <w:rsid w:val="001228B7"/>
     <w:rsid w:val="00124A84"/>
     <w:rsid w:val="00125153"/>
     <w:rsid w:val="00127DAA"/>
     <w:rsid w:val="00127FB0"/>
     <w:rsid w:val="001300EF"/>
     <w:rsid w:val="00130BE1"/>
     <w:rsid w:val="00130E49"/>
     <w:rsid w:val="00131974"/>
     <w:rsid w:val="00131B22"/>
     <w:rsid w:val="0013374D"/>
     <w:rsid w:val="0013443D"/>
     <w:rsid w:val="00134B5B"/>
     <w:rsid w:val="001355EE"/>
     <w:rsid w:val="0013579B"/>
     <w:rsid w:val="00135F1F"/>
     <w:rsid w:val="00136227"/>
     <w:rsid w:val="0013668D"/>
     <w:rsid w:val="001366AA"/>
     <w:rsid w:val="001370DC"/>
     <w:rsid w:val="00140DB5"/>
     <w:rsid w:val="0014313B"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00143A96"/>
+    <w:rsid w:val="00145437"/>
     <w:rsid w:val="00145A93"/>
     <w:rsid w:val="00147505"/>
     <w:rsid w:val="00147A03"/>
     <w:rsid w:val="001501A3"/>
     <w:rsid w:val="00150677"/>
     <w:rsid w:val="00150D3E"/>
     <w:rsid w:val="00151666"/>
     <w:rsid w:val="00151B5C"/>
     <w:rsid w:val="00152707"/>
     <w:rsid w:val="0015402A"/>
     <w:rsid w:val="001545DF"/>
     <w:rsid w:val="001547B1"/>
     <w:rsid w:val="001548E4"/>
     <w:rsid w:val="00156074"/>
     <w:rsid w:val="001563E4"/>
     <w:rsid w:val="001564F5"/>
     <w:rsid w:val="0015757C"/>
     <w:rsid w:val="0015759E"/>
     <w:rsid w:val="0015762A"/>
     <w:rsid w:val="0016017D"/>
     <w:rsid w:val="00160DBC"/>
     <w:rsid w:val="0016168D"/>
     <w:rsid w:val="0016181B"/>
     <w:rsid w:val="0016306F"/>
     <w:rsid w:val="00163274"/>
@@ -8209,50 +8361,51 @@
     <w:rsid w:val="00916004"/>
     <w:rsid w:val="00916E59"/>
     <w:rsid w:val="00917278"/>
     <w:rsid w:val="00917D49"/>
     <w:rsid w:val="009217DD"/>
     <w:rsid w:val="0092479A"/>
     <w:rsid w:val="0092640D"/>
     <w:rsid w:val="0092652F"/>
     <w:rsid w:val="009271A4"/>
     <w:rsid w:val="00927EF0"/>
     <w:rsid w:val="0093038F"/>
     <w:rsid w:val="00930CD7"/>
     <w:rsid w:val="00930D99"/>
     <w:rsid w:val="00930E99"/>
     <w:rsid w:val="00931BCC"/>
     <w:rsid w:val="00931F89"/>
     <w:rsid w:val="00932485"/>
     <w:rsid w:val="009324E4"/>
     <w:rsid w:val="00932EB3"/>
     <w:rsid w:val="009342D8"/>
     <w:rsid w:val="0093498C"/>
     <w:rsid w:val="00934A0E"/>
     <w:rsid w:val="00935770"/>
     <w:rsid w:val="009357A3"/>
     <w:rsid w:val="00940276"/>
+    <w:rsid w:val="009421EA"/>
     <w:rsid w:val="00942260"/>
     <w:rsid w:val="00942917"/>
     <w:rsid w:val="00942CE4"/>
     <w:rsid w:val="00942EC9"/>
     <w:rsid w:val="009438B2"/>
     <w:rsid w:val="009447D9"/>
     <w:rsid w:val="009451CF"/>
     <w:rsid w:val="009466F9"/>
     <w:rsid w:val="00946F31"/>
     <w:rsid w:val="009470A5"/>
     <w:rsid w:val="00950911"/>
     <w:rsid w:val="00951698"/>
     <w:rsid w:val="009520A7"/>
     <w:rsid w:val="0095261D"/>
     <w:rsid w:val="00953F0C"/>
     <w:rsid w:val="009546FF"/>
     <w:rsid w:val="00954929"/>
     <w:rsid w:val="0095501C"/>
     <w:rsid w:val="00955294"/>
     <w:rsid w:val="0095654B"/>
     <w:rsid w:val="0095737D"/>
     <w:rsid w:val="0095772B"/>
     <w:rsid w:val="0095788D"/>
     <w:rsid w:val="009578E0"/>
     <w:rsid w:val="00960254"/>
@@ -9352,98 +9505,98 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="154EF6EB"/>
   <w15:docId w15:val="{49B55E8B-E66E-45D2-9FC4-F036BAE2F62E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1"/>
     <w:lsdException w:name="header" w:semiHidden="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9630,52 +9783,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9742,51 +9895,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
@@ -9811,413 +9964,413 @@
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DefaultText" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultText">
     <w:name w:val="Default Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000266E1"/>
     <w:rPr>
-      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00165D7F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0073181C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="148375839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="253514864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10416,51 +10569,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2115515164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://siaab.audits.uillinois.edu/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://siaab.audits.uillinois.edu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10719,74 +10873,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10965,110 +11095,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1431</Words>
+  <Characters>7764</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>186</Lines>
+  <Paragraphs>64</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Illinois Attorney General</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>9173</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Macklin, Amy</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2025-09-09T16:05:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_SetDate">
+    <vt:lpwstr>2026-02-11T15:47:51Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Name">
+    <vt:lpwstr>4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_SiteId">
+    <vt:lpwstr>3f25c4e0-449b-44c1-b767-7b8914296143</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_ActionId">
+    <vt:lpwstr>0a2b2444-095d-4e14-84c2-c0ab6077c3c1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>