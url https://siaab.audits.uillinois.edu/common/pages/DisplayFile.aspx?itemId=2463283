--- v0 (2025-11-21)
+++ v1 (2026-03-20)
@@ -11,81 +11,81 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidP="00A3131A" w:rsidRDefault="007022E6" w14:paraId="5591D197" w14:textId="45A5B369">
+    <w:p w14:paraId="5591D197" w14:textId="45A5B369" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6" w:rsidP="00A3131A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>STATE OF ILLINOIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="562276E7" w14:textId="3B1B6EF9">
+    <w:p w14:paraId="562276E7" w14:textId="3B1B6EF9" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERNAL AUDIT ADVISORY </w:t>
       </w:r>
       <w:r w:rsidR="00963B89">
@@ -100,1497 +100,1504 @@
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Web Address: </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Link to the State Internal Audit Advisory Board website" w:history="1" r:id="rId11">
+      <w:hyperlink r:id="rId11" w:tooltip="Link to the State Internal Audit Advisory Board website" w:history="1">
         <w:r w:rsidRPr="00F8212D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HTTP://SIAAB.AUDITS.UILLINOIS.EDU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="03386F16" w14:textId="77777777">
+    <w:p w14:paraId="03386F16" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MINUTES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="00963B89" w14:paraId="270A5970" w14:textId="5002B7E3">
+    <w:p w14:paraId="270A5970" w14:textId="5002B7E3" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="00963B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F8212D" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Meeting – </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>August 12</w:t>
       </w:r>
       <w:r w:rsidR="0015402A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="5315EB3D" w14:textId="023D453D">
+    <w:p w14:paraId="5315EB3D" w14:textId="023D453D" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1:0</w:t>
       </w:r>
       <w:r w:rsidR="00A81E4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00F8212D" w:rsidRDefault="007022E6" w14:paraId="0AEE73EE" w14:textId="77777777">
+    <w:p w14:paraId="0AEE73EE" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00F8212D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Call to Order</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="78E23318" w14:textId="77777777">
+    <w:p w14:paraId="78E23318" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00CC6B77" w:rsidRDefault="00B90A13" w14:paraId="18CF246B" w14:textId="00260385">
+    <w:p w14:paraId="18CF246B" w14:textId="00260385" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00B90A13" w:rsidP="00CC6B77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A meeting of the State of Illinois Internal Audit Advisory </w:t>
       </w:r>
       <w:r w:rsidR="00963B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SIAAB) was held at Illinois Department of Transportation, 2300 S. Dirksen Parkway</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00CD07A9">
+      <w:r w:rsidR="00CD07A9" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Springfield, Illinois, with video conferencing available.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The meeting was called to order at 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="0055237B">
+      <w:r w:rsidR="0055237B" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:0</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="005E59FF">
+      <w:r w:rsidR="005E59FF" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.m. by </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair Nikki Lanier</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00424CFF">
+      <w:r w:rsidR="00424CFF" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007C3977">
+      <w:r w:rsidR="007C3977" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="002B034D">
+      <w:r w:rsidR="002B034D" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="009D8A7C" w14:textId="77777777">
+    <w:p w14:paraId="009D8A7C" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="36D67144" w14:textId="77777777">
+    <w:p w14:paraId="36D67144" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Roll Call</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="5BC41CB6" w14:textId="77777777">
+    <w:p w14:paraId="5BC41CB6" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00026217" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="38945EFA" w14:textId="0A931791">
+    <w:p w14:paraId="38945EFA" w14:textId="0A931791" w:rsidR="00026217" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Members </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00DB356B">
+      <w:r w:rsidR="00DB356B" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00927EF0">
+      <w:r w:rsidR="00927EF0" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esent</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="3A3854DA" w14:textId="2C17A3D2">
+    <w:p w14:paraId="3A3854DA" w14:textId="2C17A3D2" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nikki Lanier, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Chair) </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Revenue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="49ED04B1" w14:textId="68D3F622">
+    <w:p w14:paraId="49ED04B1" w14:textId="68D3F622" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Butch Stilwell, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Vice-Chair) </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Central Management Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00293191" w:rsidP="00EF7D74" w:rsidRDefault="00293191" w14:paraId="14CBDEAD" w14:textId="6B569E4C">
+    <w:p w14:paraId="14CBDEAD" w14:textId="6B569E4C" w:rsidR="00293191" w:rsidRDefault="00293191" w:rsidP="00EF7D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk, Department of Transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="447DF7FC" w14:textId="6BE9E1A3">
+    <w:p w14:paraId="447DF7FC" w14:textId="6BE9E1A3" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner, Office of the Attorney General</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="752EA39C" w14:textId="44C4F10F">
+    <w:p w14:paraId="752EA39C" w14:textId="44C4F10F" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Amy Macklin, Department of Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="003C5C5C" w:rsidP="003C5C5C" w:rsidRDefault="003C5C5C" w14:paraId="5F8505D0" w14:textId="005F0034">
+    <w:p w14:paraId="5F8505D0" w14:textId="005F0034" w:rsidR="003C5C5C" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="003C5C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jennifer Boen, Office of the Illinois State Treasurer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071B8E" w:rsidP="00071B8E" w:rsidRDefault="00071B8E" w14:paraId="4F33401D" w14:textId="13FB2E57">
+    <w:p w14:paraId="4F33401D" w14:textId="13FB2E57" w:rsidR="00071B8E" w:rsidRDefault="00071B8E" w:rsidP="00071B8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University of Illinois System</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00AC33D5" w:rsidP="005F3246" w:rsidRDefault="00AC33D5" w14:paraId="48314AF3" w14:textId="77777777">
+    <w:p w14:paraId="48314AF3" w14:textId="77777777" w:rsidR="00AC33D5" w:rsidRPr="007C39B3" w:rsidRDefault="00AC33D5" w:rsidP="005F3246">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00293191" w:rsidP="005E59FF" w:rsidRDefault="00293191" w14:paraId="70C4782A" w14:textId="037AA2C3">
+    <w:p w14:paraId="70C4782A" w14:textId="037AA2C3" w:rsidR="00293191" w:rsidRPr="007C39B3" w:rsidRDefault="00293191" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members participating remotely</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00AC33D5" w:rsidP="005E59FF" w:rsidRDefault="003C5C5C" w14:paraId="671D892A" w14:textId="0CA081F4">
+    <w:p w14:paraId="671D892A" w14:textId="0CA081F4" w:rsidR="00AC33D5" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283186" w:rsidP="005E59FF" w:rsidRDefault="00283186" w14:paraId="75E0D647" w14:textId="77777777">
+    <w:p w14:paraId="75E0D647" w14:textId="77777777" w:rsidR="00283186" w:rsidRDefault="00283186" w:rsidP="005E59FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00071B8E" w:rsidP="003808BF" w:rsidRDefault="008A5824" w14:paraId="76689338" w14:textId="77777777">
+    <w:p w14:paraId="76689338" w14:textId="77777777" w:rsidR="00071B8E" w:rsidRDefault="008A5824" w:rsidP="003808BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members absent:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D84FA3" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="6DE8F326" w14:textId="3E780787">
+    <w:p w14:paraId="6DE8F326" w14:textId="3E780787" w:rsidR="00D84FA3" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jackie Hohn, State University Retirement System</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (notified Chair)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="43623DF4" w14:textId="060A04B2">
+    <w:p w14:paraId="43623DF4" w14:textId="060A04B2" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leighann Manning, Department of Public Health (notified Chair)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="725119A4" w14:textId="75BDDFED">
+    <w:p w14:paraId="725119A4" w14:textId="75BDDFED" w:rsidR="003C5C5C" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stell Mallios, Secretary of State</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="003C5C5C" w:rsidP="009B017A" w:rsidRDefault="003C5C5C" w14:paraId="3CE16A48" w14:textId="77777777">
+    <w:p w14:paraId="3CE16A48" w14:textId="77777777" w:rsidR="003C5C5C" w:rsidRPr="007C39B3" w:rsidRDefault="003C5C5C" w:rsidP="009B017A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="72743A77" w14:textId="3470FCAA">
+    <w:p w14:paraId="72743A77" w14:textId="3470FCAA" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00BC6AAA" w:rsidRDefault="007022E6" w14:paraId="6FF3EE06" w14:textId="77777777">
+    <w:p w14:paraId="6FF3EE06" w14:textId="77777777" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00BC6AAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD50FE" w:rsidP="00EB044A" w:rsidRDefault="00BC6AAA" w14:paraId="66F5A1ED" w14:textId="187591B9">
+    <w:p w14:paraId="66F5A1ED" w14:textId="187591B9" w:rsidR="00DD50FE" w:rsidRDefault="00BC6AAA" w:rsidP="00EB044A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The d</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00B64664">
+      <w:r w:rsidR="00B64664" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">raft minutes </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="001370DC">
+      <w:r w:rsidR="001370DC" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for the</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00E51A5A">
+      <w:r w:rsidR="00E51A5A" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>July 8,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00CA432C">
+      <w:r w:rsidR="00CA432C" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B33F2">
+      <w:r w:rsidR="004B33F2" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> presented</w:t>
+      <w:r w:rsidR="00B64664" w:rsidRPr="007C39B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>were presented</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for approval.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk106382373" w:id="0"/>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007B59F6">
+      <w:bookmarkStart w:id="0" w:name="_Hlk106382373"/>
+      <w:r w:rsidR="007B59F6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A motion to approve was made </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="009C1657">
+      <w:r w:rsidR="009C1657" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00D455B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">was </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="004B2757">
+      <w:r w:rsidR="004B2757" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">seconded by </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Butch Stilwell</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00DD50FE">
+      <w:r w:rsidR="00DD50FE" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="006256C3">
+      <w:r w:rsidR="006256C3" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003C5C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair Nikki Lanier and Jennifer Boen</w:t>
       </w:r>
       <w:r w:rsidR="00433667">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> abstained.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007022E6">
+      <w:r w:rsidR="007022E6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The motion passed unanimously</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="007D17D7">
+      <w:r w:rsidR="007D17D7" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00131974" w:rsidP="00EB044A" w:rsidRDefault="00131974" w14:paraId="7C0F0A8F" w14:textId="77777777">
+    <w:p w14:paraId="7C0F0A8F" w14:textId="77777777" w:rsidR="00131974" w:rsidRDefault="00131974" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00EB044A" w:rsidRDefault="007022E6" w14:paraId="17C15473" w14:textId="5D00A035">
+    <w:p w14:paraId="17C15473" w14:textId="5D00A035" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="007022E6" w:rsidP="00EB044A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Public Participation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A47373" w:rsidP="00731EEF" w:rsidRDefault="0038652F" w14:paraId="2ECD96EE" w14:textId="03A8019C">
+    <w:p w14:paraId="2ECD96EE" w14:textId="03A8019C" w:rsidR="00A47373" w:rsidRDefault="0038652F" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="0038652F" w:rsidP="00731EEF" w:rsidRDefault="0038652F" w14:paraId="2D93174C" w14:textId="77777777">
+    <w:p w14:paraId="2D93174C" w14:textId="77777777" w:rsidR="0038652F" w:rsidRPr="007C39B3" w:rsidRDefault="0038652F" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="4CA7A7EA" w14:textId="77777777">
+    <w:p w14:paraId="4CA7A7EA" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="2A57D3D0" w14:textId="77777777">
+    <w:p w14:paraId="2A57D3D0" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="01C828CE" w14:textId="77777777">
+    <w:p w14:paraId="01C828CE" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="76FD2D13" w14:textId="77777777">
+    <w:p w14:paraId="76FD2D13" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B65B53" w:rsidP="00731EEF" w:rsidRDefault="00B65B53" w14:paraId="358B363A" w14:textId="77777777">
+    <w:p w14:paraId="358B363A" w14:textId="77777777" w:rsidR="00B65B53" w:rsidRDefault="00B65B53" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="04F16E72" w:rsidP="04F16E72" w:rsidRDefault="04F16E72" w14:paraId="795DF853" w14:textId="668E1D53">
+    <w:p w14:paraId="795DF853" w14:textId="668E1D53" w:rsidR="04F16E72" w:rsidRDefault="04F16E72" w:rsidP="04F16E72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00731EEF" w:rsidRDefault="00F8212D" w14:paraId="650EF12F" w14:textId="69B73C25">
+    <w:p w14:paraId="650EF12F" w14:textId="69B73C25" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00F8212D" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>REPORTS AND UPDATES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00731EEF" w:rsidP="00731EEF" w:rsidRDefault="00731EEF" w14:paraId="6F092442" w14:textId="77777777">
+    <w:p w14:paraId="6F092442" w14:textId="77777777" w:rsidR="00731EEF" w:rsidRPr="007C39B3" w:rsidRDefault="00731EEF" w:rsidP="00731EEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="005368AD" w:rsidP="005368AD" w:rsidRDefault="005368AD" w14:paraId="37FEA596" w14:textId="77777777">
+    <w:p w14:paraId="37FEA596" w14:textId="77777777" w:rsidR="005368AD" w:rsidRPr="000D50C2" w:rsidRDefault="005368AD" w:rsidP="005368AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CPE Coordinator/Webmaster</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="005368AD" w:rsidP="005368AD" w:rsidRDefault="005368AD" w14:paraId="3F234B53" w14:textId="77777777">
+    <w:p w14:paraId="3F234B53" w14:textId="77777777" w:rsidR="005368AD" w:rsidRPr="000D50C2" w:rsidRDefault="005368AD" w:rsidP="005368AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="002F660B" w:rsidP="002F660B" w:rsidRDefault="002F660B" w14:paraId="38F865B3" w14:textId="77777777">
+    <w:p w14:paraId="38F865B3" w14:textId="77777777" w:rsidR="002F660B" w:rsidRPr="000D50C2" w:rsidRDefault="002F660B" w:rsidP="002F660B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Zemaitis reported</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> eight registrations for the 2017 Standards course and one completion</w:t>
       </w:r>
       <w:r w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  She noted, however, these eight registrants also registered for and completed the 2024 GIAS course, suggesting there may be continued initial confusion when registering for the course. CPE has been awarded to each registrant who completed the courses. The course activity for the past month has been uploaded to SIAAB’s SharePoint site. </w:t>
+        <w:t xml:space="preserve">  She noted, however</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, these</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eight registrants also registered for and completed the 2024 GIAS course, suggesting there may be continued initial confusion when registering for the course. CPE has been awarded to each registrant who completed the courses. The course activity for the past month has been uploaded to SIAAB’s SharePoint site. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D50C2" w:rsidR="00C95589" w:rsidP="00F56E8D" w:rsidRDefault="00B76F88" w14:paraId="7F267B2C" w14:textId="0A7ECA9B">
+    <w:p w14:paraId="7F267B2C" w14:textId="0A7ECA9B" w:rsidR="00C95589" w:rsidRPr="000D50C2" w:rsidRDefault="00B76F88" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D50C2" w:rsidP="00F56E8D" w:rsidRDefault="000D50C2" w14:paraId="3FAFB73A" w14:textId="4D8F5B9D">
+    <w:p w14:paraId="3FAFB73A" w14:textId="4D8F5B9D" w:rsidR="000D50C2" w:rsidRDefault="000D50C2" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk asked how many CPE are awarded for completing the course.  Julie Zemaitis stated six CPE credits are awarded</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D50C2" w:rsidR="00B76F88">
+      <w:r w:rsidR="00B76F88" w:rsidRPr="000D50C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008B081E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Steve Kirk asked how the certificate of award may be retrieved, stating some of his staff reported the certificate was not automatically sent to them upon completion of the course.  Julie Zemaitis stated she would have U of I Shared Services add instructions for retrieving certificates to the confirmation email sent to participants upon registering for the course.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA7A92" w:rsidP="00F56E8D" w:rsidRDefault="00DA7A92" w14:paraId="0F0921D3" w14:textId="77777777">
+    <w:p w14:paraId="0F0921D3" w14:textId="77777777" w:rsidR="00DA7A92" w:rsidRDefault="00DA7A92" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA7A92" w:rsidP="00F56E8D" w:rsidRDefault="00DA7A92" w14:paraId="37F0ECE6" w14:textId="109E516D">
+    <w:p w14:paraId="37F0ECE6" w14:textId="109E516D" w:rsidR="00DA7A92" w:rsidRDefault="00DA7A92" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair Nikki Lanier reminded SIAAB to copy Julie Zemaitis when requesting updates to SIAAB’s web or SharePoint sites from Shared Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00131974" w:rsidP="00B90378" w:rsidRDefault="00131974" w14:paraId="571A7CF3" w14:textId="77777777">
+    <w:p w14:paraId="571A7CF3" w14:textId="77777777" w:rsidR="00131974" w:rsidRDefault="00131974" w:rsidP="00B90378">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00C25202" w:rsidP="00C25202" w:rsidRDefault="00C25202" w14:paraId="0E15FE7C" w14:textId="77777777">
+    <w:p w14:paraId="0E15FE7C" w14:textId="77777777" w:rsidR="00C25202" w:rsidRPr="007C39B3" w:rsidRDefault="00C25202" w:rsidP="00C25202">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quality Assurance Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00C25202" w:rsidP="00C25202" w:rsidRDefault="00C25202" w14:paraId="7CD08454" w14:textId="77777777">
+    <w:p w14:paraId="7CD08454" w14:textId="77777777" w:rsidR="00C25202" w:rsidRPr="007C39B3" w:rsidRDefault="00C25202" w:rsidP="00C25202">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66A6D" w:rsidP="00B917A7" w:rsidRDefault="0096749E" w14:paraId="5BB49B89" w14:textId="3515243F">
+    <w:p w14:paraId="5BB49B89" w14:textId="3515243F" w:rsidR="00A66A6D" w:rsidRDefault="0096749E" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice Chair </w:t>
       </w:r>
       <w:r w:rsidR="0038652F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Butch Stilwell reported </w:t>
       </w:r>
@@ -1599,168 +1606,186 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the Illinois Department of Commerce and Economic Opportunity (DCEO) completed and submitted their QAR report, dated July 25, 2025.  He stated DCEO performed a self-assessment with external validation for the period of July 1, 2024, through June 30, 2025, and the independent validator was Elton Moore.  The results of the QAR were generally </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A66A6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conforms</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A66A6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the Global Internal Audit Standards, and he recommended SIAAB accept the results.  H. Jay Wagner motioned to approve.  Steve Kirk seconded.  Jennifer Boen abstained.  The motion passed unanimously.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A66A6D" w:rsidP="00B917A7" w:rsidRDefault="00A66A6D" w14:paraId="6637CA3B" w14:textId="77777777">
+    <w:p w14:paraId="6637CA3B" w14:textId="77777777" w:rsidR="00A66A6D" w:rsidRDefault="00A66A6D" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00942917" w:rsidP="00B917A7" w:rsidRDefault="00A66A6D" w14:paraId="7FD784CB" w14:textId="4F9B48B7">
+    <w:p w14:paraId="7FD784CB" w14:textId="4F9B48B7" w:rsidR="00942917" w:rsidRPr="007C39B3" w:rsidRDefault="00A66A6D" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice Chair Butch Stilwell reported the Illinois Department of Healthcare and Family Services (HFS) completed and submitted their QAR report, dated August 1, 2025.  He stated HFS performed a self-assessment with external validation for the period of July 1, 2024, through June 30, 2025, and the independent validator was </w:t>
       </w:r>
       <w:r w:rsidR="001A762D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nikki Lanier</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  He reported H. Jay Wagner completed the QAR Coordinator’s Checklist.  The results of the QAR were generally </w:t>
+        <w:t xml:space="preserve">.  He reported H. Jay Wagner completed the QAR Coordinator’s Checklist.  The results of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>conforms</w:t>
+        <w:t>QAR were</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> generally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conforms</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with the 2017 Standards, and he recommended SIAAB accept the results.  Julie Zemaitis motioned to approve.  Amy Macklin seconded.  Chair Nikki Lanier and Jennifer Boen abstained.  The motion passed unanimously.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00B917A7" w:rsidP="00B917A7" w:rsidRDefault="00B917A7" w14:paraId="462131DD" w14:textId="77777777">
+    <w:p w14:paraId="462131DD" w14:textId="77777777" w:rsidR="00B917A7" w:rsidRPr="007C39B3" w:rsidRDefault="00B917A7" w:rsidP="00B917A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00001B64" w:rsidP="00001B64" w:rsidRDefault="00FB6AF3" w14:paraId="28A39A43" w14:textId="7F9F9379">
+    <w:p w14:paraId="28A39A43" w14:textId="7F9F9379" w:rsidR="00001B64" w:rsidRPr="007C39B3" w:rsidRDefault="00FB6AF3" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00001B64">
+      <w:r w:rsidR="00001B64" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uidance Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00001B64" w:rsidP="00001B64" w:rsidRDefault="00001B64" w14:paraId="2761B1FE" w14:textId="77777777">
+    <w:p w14:paraId="2761B1FE" w14:textId="77777777" w:rsidR="00001B64" w:rsidRPr="007C39B3" w:rsidRDefault="00001B64" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D01E85" w:rsidP="00761E87" w:rsidRDefault="000E4D94" w14:paraId="78C612D7" w14:textId="38D3C118">
+    <w:p w14:paraId="78C612D7" w14:textId="38D3C118" w:rsidR="00D01E85" w:rsidRDefault="000E4D94" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E0007">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
       <w:r w:rsidR="00F11E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1836,85 +1861,129 @@
         </w:rPr>
         <w:t xml:space="preserve"> and lack clarity on b) the scope of review and c) what chief audit executives are required to document </w:t>
       </w:r>
       <w:r w:rsidR="00241C00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in their risk assessments</w:t>
       </w:r>
       <w:r w:rsidR="00F85765">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Vice-Chair Butch Stilwell stated he shared Steve Kirk’s concerns</w:t>
       </w:r>
       <w:r w:rsidR="00241C00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and recommended SIAAB be prepared to field questions from other CIAs as more Topical Requirements are released.  Several members of SIAAB suggested this be a point of discussion at the Chief Internal Auditor Roundtable at the Fall Conference.</w:t>
+        <w:t xml:space="preserve"> and recommended SIAAB be prepared to field questions from other CIAs as more </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Topical Requirements are released.  Several members of SIAAB suggested this be a point of discussion at the Chief Internal Auditor Roundtable at the Fall Conference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00241C00" w:rsidP="00761E87" w:rsidRDefault="00241C00" w14:paraId="13272484" w14:textId="7E3EFF0B">
+    <w:p w14:paraId="13272484" w14:textId="7E3EFF0B" w:rsidR="00241C00" w:rsidRDefault="00241C00" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Steve Kirk asked if SIAAB should draft a formal comment and submit to the IIA.  H. Jay Wagner stated it would be difficult for SIAAB to timely prepare a comment.</w:t>
+        <w:t xml:space="preserve">Steve Kirk asked if SIAAB should draft a formal comment and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the IIA.  H. Jay Wagner stated it would be difficult for SIAAB to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>timely prepare a comment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00241C00" w:rsidP="00761E87" w:rsidRDefault="00241C00" w14:paraId="7CF80FF6" w14:textId="77777777">
+    <w:p w14:paraId="7CF80FF6" w14:textId="77777777" w:rsidR="00241C00" w:rsidRDefault="00241C00" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00250B90" w:rsidR="00241C00" w:rsidP="00761E87" w:rsidRDefault="00241C00" w14:paraId="57F2CB31" w14:textId="6E6C35D2">
+    <w:p w14:paraId="57F2CB31" w14:textId="6E6C35D2" w:rsidR="00241C00" w:rsidRPr="00250B90" w:rsidRDefault="00241C00" w:rsidP="00761E87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice-Chair Butch Stilwell</w:t>
       </w:r>
       <w:r w:rsidR="00874932">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> asked if SIAAB anticipates Topical Requirements will have any </w:t>
       </w:r>
@@ -1961,479 +2030,497 @@
       <w:r w:rsidR="00874932">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IA functions’ conformance with Topical Requirement</w:t>
       </w:r>
       <w:r w:rsidR="004070F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00874932">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00342375" w:rsidP="00F27E1F" w:rsidRDefault="00342375" w14:paraId="109F4219" w14:textId="77777777">
+    <w:p w14:paraId="109F4219" w14:textId="77777777" w:rsidR="00342375" w:rsidRPr="007C39B3" w:rsidRDefault="00342375" w:rsidP="00F27E1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00342375" w:rsidP="00342375" w:rsidRDefault="00075B5A" w14:paraId="0B266334" w14:textId="02B50F2C">
+    <w:p w14:paraId="0B266334" w14:textId="02B50F2C" w:rsidR="00342375" w:rsidRPr="007C39B3" w:rsidRDefault="00075B5A" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00342375" w:rsidP="00342375" w:rsidRDefault="00342375" w14:paraId="73A0701E" w14:textId="77777777">
+    <w:p w14:paraId="73A0701E" w14:textId="77777777" w:rsidR="00342375" w:rsidRPr="007C39B3" w:rsidRDefault="00342375" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A16032" w:rsidP="00CC2CA6" w:rsidRDefault="00E70F86" w14:paraId="3B886537" w14:textId="78221AA6">
+    <w:p w14:paraId="3B886537" w14:textId="78221AA6" w:rsidR="00A16032" w:rsidRDefault="00E70F86" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. Jay Wagner reported registration and payment for the Fall Conference had been tested and </w:t>
       </w:r>
       <w:r w:rsidR="00FA36F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ready to go live with approval from SIAAB.  Amy Macklin motioned.  Julie Zemaitis seconded.  The motion passed unanimously.  H. Jay Wagner reminded SIAAB roundtables may be split into smaller groups depending on the number of registrants.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E70F86" w:rsidP="00CC2CA6" w:rsidRDefault="00E70F86" w14:paraId="3404BF4C" w14:textId="77777777">
+    <w:p w14:paraId="3404BF4C" w14:textId="77777777" w:rsidR="00E70F86" w:rsidRDefault="00E70F86" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00854C67" w:rsidP="00CC2CA6" w:rsidRDefault="00677B53" w14:paraId="3D6F8656" w14:textId="1003CCBB">
+    <w:p w14:paraId="3D6F8656" w14:textId="1003CCBB" w:rsidR="00854C67" w:rsidRDefault="00677B53" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">H. Jay Wagner stated Vice-Chair Butch Stilwell had contacted him saying he needs two hours of ethics training by December 31, 2025, and had asked if it were possible to attend the Conference for those two hours only as he will be on paternity leave.  H. Jay Wagner stated </w:t>
       </w:r>
       <w:r w:rsidR="00854C67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he will create a guest registration for Vice-Chair Butch Stilwell should he decide to attend the Conference for the session on ethics.</w:t>
       </w:r>
       <w:r w:rsidR="00B10692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D22AD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There was consensus it would be an appropriate professional courtesy to grant the Vice Chair guest attendance to balance paternity leave with the requirement for ethics CPE</w:t>
       </w:r>
       <w:r w:rsidR="00B10692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00854C67" w:rsidP="00CC2CA6" w:rsidRDefault="00854C67" w14:paraId="502FAABC" w14:textId="77777777">
+    <w:p w14:paraId="502FAABC" w14:textId="77777777" w:rsidR="00854C67" w:rsidRDefault="00854C67" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00E70F86" w:rsidP="00CC2CA6" w:rsidRDefault="00854C67" w14:paraId="634A4962" w14:textId="0CF11D9B">
+    <w:p w14:paraId="634A4962" w14:textId="0CF11D9B" w:rsidR="00E70F86" w:rsidRPr="007C39B3" w:rsidRDefault="00854C67" w:rsidP="00CC2CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">H. Jay Wagner reported </w:t>
+        <w:t xml:space="preserve">H. Jay Wagner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B363B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a conference presenter, Mr. Excel, had asked if it would be beneficial to discuss the use of AI with Excel.  Several members of SIAAB stated it would be best to limit the discussion to the use of platforms that may be commonly used (e.g., ChatGPT, CoPilot).  Additionally, several SIAAB members requested Mr. Excel limit his training to processes and functions used regularly by auditors (e.g., sorting data, pivot tables, data analytics and comparison).</w:t>
       </w:r>
       <w:r w:rsidR="00677B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00E604D1" w:rsidP="00342375" w:rsidRDefault="00E604D1" w14:paraId="0CA14093" w14:textId="77777777">
+    <w:p w14:paraId="0CA14093" w14:textId="77777777" w:rsidR="00E604D1" w:rsidRPr="007C39B3" w:rsidRDefault="00E604D1" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00E604D1" w:rsidP="00342375" w:rsidRDefault="00E604D1" w14:paraId="5534FC0E" w14:textId="25B655F1">
+    <w:p w14:paraId="5534FC0E" w14:textId="25B655F1" w:rsidR="00E604D1" w:rsidRPr="007C39B3" w:rsidRDefault="00E604D1" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information Technology Auditor Working Group</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00854C67" w:rsidR="00E604D1" w:rsidP="00342375" w:rsidRDefault="00854C67" w14:paraId="61B06612" w14:textId="7F6234FF">
+    <w:p w14:paraId="61B06612" w14:textId="7F6234FF" w:rsidR="00E604D1" w:rsidRPr="00854C67" w:rsidRDefault="00854C67" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00854C67" w:rsidP="00342375" w:rsidRDefault="00854C67" w14:paraId="1685BE09" w14:textId="77777777">
+    <w:p w14:paraId="1685BE09" w14:textId="77777777" w:rsidR="00854C67" w:rsidRDefault="00854C67" w:rsidP="00342375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00E6619F" w:rsidP="00E6619F" w:rsidRDefault="00E6619F" w14:paraId="1FAF3A05" w14:textId="198FDDF4">
+    <w:p w14:paraId="1FAF3A05" w14:textId="198FDDF4" w:rsidR="00E6619F" w:rsidRPr="007C39B3" w:rsidRDefault="00E6619F" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FOIA Officer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="00E6619F" w:rsidP="00E6619F" w:rsidRDefault="00E6619F" w14:paraId="2051836C" w14:textId="77777777">
+    <w:p w14:paraId="2051836C" w14:textId="77777777" w:rsidR="00E6619F" w:rsidRPr="007C39B3" w:rsidRDefault="00E6619F" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045B86" w:rsidP="00E6619F" w:rsidRDefault="00847F16" w14:paraId="7C516B54" w14:textId="75114390">
+    <w:p w14:paraId="7C516B54" w14:textId="75114390" w:rsidR="00045B86" w:rsidRDefault="00847F16" w:rsidP="00E6619F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Butch Stilwell reported there</w:t>
       </w:r>
       <w:r w:rsidR="004F71A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been no FOIA requests</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00E6619F">
+      <w:r w:rsidR="00E6619F" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00834FDB" w:rsidP="00847F16" w:rsidRDefault="00834FDB" w14:paraId="272AB10D" w14:textId="77777777">
+    <w:p w14:paraId="272AB10D" w14:textId="77777777" w:rsidR="00834FDB" w:rsidRDefault="00834FDB" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk103429863" w:id="1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Hlk103430109" w:id="3"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk103429863"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk103429905"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk103430109"/>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="00847F16" w:rsidRDefault="00DF246F" w14:paraId="3C3CC00B" w14:textId="4EA83CA0">
+    <w:p w14:paraId="3C3CC00B" w14:textId="4EA83CA0" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00DF246F" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OLD BUSINESS</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00B279DF">
+      <w:r w:rsidR="00B279DF" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="004572B3" w:rsidP="00B867AD" w:rsidRDefault="004572B3" w14:paraId="2996CFEB" w14:textId="77777777">
+    <w:p w14:paraId="2996CFEB" w14:textId="77777777" w:rsidR="004572B3" w:rsidRDefault="004572B3" w:rsidP="00B867AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="004B786C" w:rsidP="00B867AD" w:rsidRDefault="004B786C" w14:paraId="696AD35D" w14:textId="512C3FC2">
+    <w:p w14:paraId="696AD35D" w14:textId="512C3FC2" w:rsidR="004B786C" w:rsidRPr="007C39B3" w:rsidRDefault="004B786C" w:rsidP="00B867AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Potential Legislative Updates</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F70101" w:rsidP="006E4FA3" w:rsidRDefault="00F70101" w14:paraId="26699AB3" w14:textId="381D29FC">
+    <w:p w14:paraId="26699AB3" w14:textId="381D29FC" w:rsidR="00F70101" w:rsidRDefault="00F70101" w:rsidP="006E4FA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidRPr="00854C67" w:rsidR="007819A8" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="7384DAC9" w14:textId="1B094C50">
+    <w:p w14:paraId="7384DAC9" w14:textId="1B094C50" w:rsidR="007819A8" w:rsidRPr="00854C67" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner</w:t>
       </w:r>
       <w:r w:rsidR="00B363B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reported he had shared SIAAB’s draft legislative proposals with his Legislative Affairs team and received and incorporated their feedback.  He stated he would s</w:t>
       </w:r>
@@ -2512,287 +2599,322 @@
       <w:r w:rsidR="009726AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B10692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and request their assistance in proposing legislation</w:t>
       </w:r>
       <w:r w:rsidR="00533487">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Steve Kirk motioned.  Amy Macklin seconded.  Jennifer Boen abstained.  The motion passed unanimously.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00854C67" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="3295125A" w14:textId="77777777">
+    <w:p w14:paraId="3295125A" w14:textId="77777777" w:rsidR="00854C67" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00533487" w:rsidP="000A198D" w:rsidRDefault="00533487" w14:paraId="26DEA478" w14:textId="77777777">
+    <w:p w14:paraId="26DEA478" w14:textId="77777777" w:rsidR="00533487" w:rsidRDefault="00533487" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F660B" w:rsidP="000A198D" w:rsidRDefault="002F660B" w14:paraId="5C64F48F" w14:textId="77777777">
+    <w:p w14:paraId="5C64F48F" w14:textId="77777777" w:rsidR="002F660B" w:rsidRDefault="002F660B" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="000A198D" w:rsidP="000A198D" w:rsidRDefault="000A198D" w14:paraId="7E3E1751" w14:textId="3D2F588D">
+    <w:p w14:paraId="7E3E1751" w14:textId="3D2F588D" w:rsidR="000A198D" w:rsidRPr="007C39B3" w:rsidRDefault="000A198D" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Key Date Item: </w:t>
       </w:r>
       <w:r w:rsidR="00854C67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Request SIAAB meeting room and videoconference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="000A198D" w:rsidP="000A198D" w:rsidRDefault="000A198D" w14:paraId="2F117976" w14:textId="77777777">
+    <w:p w14:paraId="2F117976" w14:textId="77777777" w:rsidR="000A198D" w:rsidRPr="007C39B3" w:rsidRDefault="000A198D" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E00B76" w:rsidP="000A198D" w:rsidRDefault="003C5C5C" w14:paraId="226EB8F6" w14:textId="7752839B">
+    <w:p w14:paraId="226EB8F6" w14:textId="7752839B" w:rsidR="00E00B76" w:rsidRDefault="003C5C5C" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair Nikki Lanier</w:t>
       </w:r>
       <w:r w:rsidR="000A198D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00854C67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>asked Steve Kirk for how far out the meeting room and videoconference had been requested.  Steve Kirk stated he had requested and received approval through the December 2025 meeting.</w:t>
+        <w:t xml:space="preserve">asked Steve </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00854C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kirk for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00854C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how far out the meeting room and videoconference had been requested.  Steve Kirk stated he had requested and received approval through the December 2025 meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00854C67" w:rsidP="000A198D" w:rsidRDefault="00854C67" w14:paraId="0B67110D" w14:textId="77777777">
+    <w:p w14:paraId="0B67110D" w14:textId="77777777" w:rsidR="00854C67" w:rsidRDefault="00854C67" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B786C" w:rsidP="00D26F8D" w:rsidRDefault="004B786C" w14:paraId="0848331E" w14:textId="15B00B3D">
+    <w:p w14:paraId="0848331E" w14:textId="15B00B3D" w:rsidR="004B786C" w:rsidRDefault="004B786C" w:rsidP="00D26F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NEW BUSINESS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00533487" w:rsidR="008D0CFC" w:rsidP="00D26F8D" w:rsidRDefault="00533487" w14:paraId="1A75D78A" w14:textId="71F55487">
+    <w:p w14:paraId="1A75D78A" w14:textId="71F55487" w:rsidR="008D0CFC" w:rsidRPr="00533487" w:rsidRDefault="00533487" w:rsidP="00D26F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533487">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008153B3" w:rsidP="00D26F8D" w:rsidRDefault="008153B3" w14:paraId="06A87DF2" w14:textId="77777777">
+    <w:p w14:paraId="06A87DF2" w14:textId="77777777" w:rsidR="008153B3" w:rsidRDefault="008153B3" w:rsidP="00D26F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="00124A84" w14:paraId="5CF7FDFA" w14:textId="0A27C14F">
+    <w:p w14:paraId="5CF7FDFA" w14:textId="0A27C14F" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00124A84" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ANNOUNCEMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008153B3" w:rsidP="0099440D" w:rsidRDefault="008153B3" w14:paraId="58655A12" w14:textId="77777777">
+    <w:p w14:paraId="58655A12" w14:textId="77777777" w:rsidR="008153B3" w:rsidRDefault="008153B3" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00CA6798" w:rsidR="000864F9" w:rsidP="0099440D" w:rsidRDefault="00CA6798" w14:paraId="201FEBD4" w14:textId="2FE38637">
+    <w:p w14:paraId="201FEBD4" w14:textId="2FE38637" w:rsidR="000864F9" w:rsidRPr="00CA6798" w:rsidRDefault="00CA6798" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The next regularly in person meeting of the </w:t>
+        <w:t xml:space="preserve">The next </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regularly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in person meeting of the </w:t>
       </w:r>
       <w:r w:rsidR="00963B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SIAAB</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is scheduled for </w:t>
       </w:r>
       <w:r w:rsidR="00B363B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>September</w:t>
       </w:r>
@@ -2831,322 +2953,322 @@
       <w:r w:rsidR="00C118E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00901BDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 1:00 p.m.  The location is IDOT, 2300 S. Dirksen Parkway, Springfield, IL.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007819A8" w:rsidP="0099440D" w:rsidRDefault="007819A8" w14:paraId="147A6093" w14:textId="77777777">
+    <w:p w14:paraId="147A6093" w14:textId="77777777" w:rsidR="007819A8" w:rsidRDefault="007819A8" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007C39B3" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="00124A84" w14:paraId="77CD5CAE" w14:textId="6D092FC4">
+    <w:p w14:paraId="77CD5CAE" w14:textId="6D092FC4" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00124A84" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ADJOURNMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008153B3" w:rsidP="0099440D" w:rsidRDefault="008153B3" w14:paraId="2A0E4FE6" w14:textId="77777777">
+    <w:p w14:paraId="2A0E4FE6" w14:textId="77777777" w:rsidR="008153B3" w:rsidRDefault="008153B3" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidP="0099440D" w:rsidRDefault="007022E6" w14:paraId="13083CC3" w14:textId="4DBE7D1F">
+    <w:p w14:paraId="13083CC3" w14:textId="4DBE7D1F" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A motion to adjourn was made by </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00672740">
+      <w:r w:rsidR="00672740" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steve Kirk</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00D42376">
+      <w:r w:rsidR="00D42376" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00B11FA6">
+      <w:r w:rsidR="00B11FA6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00D42376">
+      <w:r w:rsidR="00D42376" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> second</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00F60769">
+      <w:r w:rsidR="00F60769" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidR="00CA6798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B363B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice Chair Butch Stilwell</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00D87D66">
+      <w:r w:rsidR="00D87D66" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Th</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e motion </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00BC78E6">
+      <w:r w:rsidR="00BC78E6" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>passed</w:t>
       </w:r>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> unanimously. The meeting adjourned at</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00BB4557">
+      <w:r w:rsidR="00BB4557" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B363B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1:59</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00EB0761">
+      <w:r w:rsidR="00EB0761" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="0013374D">
+      <w:r w:rsidR="0013374D" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00384114">
+      <w:r w:rsidR="00384114" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.m</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C39B3" w:rsidR="00C8543F">
+      <w:r w:rsidR="00C8543F" w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF2574">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00F8212D" w:rsidR="007022E6" w:rsidSect="00960254">
+    <w:sectPr w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidSect="00960254">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009470A5" w:rsidRDefault="009470A5" w14:paraId="0ABA7037" w14:textId="77777777">
+    <w:p w14:paraId="0ABA7037" w14:textId="77777777" w:rsidR="009470A5" w:rsidRDefault="009470A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009470A5" w:rsidRDefault="009470A5" w14:paraId="302724F1" w14:textId="77777777">
+    <w:p w14:paraId="302724F1" w14:textId="77777777" w:rsidR="009470A5" w:rsidRDefault="009470A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3170,808 +3292,760 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="642B1A51" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="642B1A51" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00B45A94" w:rsidR="007022E6" w:rsidRDefault="007022E6" w14:paraId="6147A9D2" w14:textId="2EE65B3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6147A9D2" w14:textId="2EE65B3F" w:rsidR="007022E6" w:rsidRPr="00B45A94" w:rsidRDefault="007022E6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B45A94" w:rsidR="00FC002F">
+    <w:r w:rsidR="00FC002F" w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="1AC38E6B" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AC38E6B" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009470A5" w:rsidRDefault="009470A5" w14:paraId="4366D8E3" w14:textId="77777777">
+    <w:p w14:paraId="4366D8E3" w14:textId="77777777" w:rsidR="009470A5" w:rsidRDefault="009470A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009470A5" w:rsidRDefault="009470A5" w14:paraId="6EE95B6C" w14:textId="77777777">
+    <w:p w14:paraId="6EE95B6C" w14:textId="77777777" w:rsidR="009470A5" w:rsidRDefault="009470A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="167F5BC8" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="167F5BC8" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...52 lines deleted...]
-  </w:sdt>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4509543D" w14:textId="09DFAD5F" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00D7117F" w:rsidRDefault="00D7117F" w14:paraId="071E513E" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="071E513E" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="089D0FF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00A065CC"/>
     <w:lvl w:ilvl="0" w:tplc="FA1C96D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A396BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48BCB6E6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A4137F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE745156"/>
     <w:lvl w:ilvl="0" w:tplc="065413A4">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23E671F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A8C564E"/>
     <w:lvl w:ilvl="0" w:tplc="A15A7CA8">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25207FFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C2271C2"/>
     <w:lvl w:ilvl="0" w:tplc="9BE6461E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -4017,147 +4091,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30444C34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F2E19A2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A30A79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADA2CAD4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4222,171 +4296,171 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F6D0790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80328122"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41E82838"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15B0698A"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4448,390 +4522,390 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="436A0AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC7CC0DC"/>
     <w:lvl w:ilvl="0" w:tplc="B0C4EC02">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="451B5FB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFE2A4FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45B62171"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69E2A2EE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD47D78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53A2FA9C"/>
     <w:lvl w:ilvl="0" w:tplc="BABE7B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -4877,390 +4951,390 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51853118"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0DAED34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58BD0EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23B2C7A2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CC66F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A4AFDF6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ECD1623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFAEF6F8"/>
     <w:lvl w:ilvl="0" w:tplc="F52A114A">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5394,390 +5468,390 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643B66D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38080596"/>
     <w:lvl w:ilvl="0" w:tplc="E4DEA6C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69622F3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88FCBF32"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="735B38B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC18CBC4"/>
     <w:lvl w:ilvl="0" w:tplc="55227B5C">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79841923"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B38851E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5823,372 +5897,372 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A543ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6CECA0C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF5409C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A470E4B0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9B20C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7B63B66"/>
     <w:lvl w:ilvl="0" w:tplc="91F29AEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="390613079">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="858117">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1644773506">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1925069982">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="719089337">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="659390249">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1733502143">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="192304492">
@@ -6236,65 +6310,61 @@
   <w:num w:numId="22" w16cid:durableId="1926261131">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="00003745"/>
     <w:rsid w:val="00003E15"/>
     <w:rsid w:val="0000424E"/>
@@ -6551,50 +6621,51 @@
     <w:rsid w:val="00192BEF"/>
     <w:rsid w:val="00193773"/>
     <w:rsid w:val="0019431F"/>
     <w:rsid w:val="001948F2"/>
     <w:rsid w:val="00194B75"/>
     <w:rsid w:val="00195AA7"/>
     <w:rsid w:val="00195B34"/>
     <w:rsid w:val="00195D9B"/>
     <w:rsid w:val="001978AC"/>
     <w:rsid w:val="00197E36"/>
     <w:rsid w:val="001A0142"/>
     <w:rsid w:val="001A0AC0"/>
     <w:rsid w:val="001A1866"/>
     <w:rsid w:val="001A211C"/>
     <w:rsid w:val="001A2A2D"/>
     <w:rsid w:val="001A2B66"/>
     <w:rsid w:val="001A2BCF"/>
     <w:rsid w:val="001A33F3"/>
     <w:rsid w:val="001A3429"/>
     <w:rsid w:val="001A6D68"/>
     <w:rsid w:val="001A762D"/>
     <w:rsid w:val="001B0293"/>
     <w:rsid w:val="001B07E8"/>
     <w:rsid w:val="001B10FA"/>
     <w:rsid w:val="001B1737"/>
+    <w:rsid w:val="001B298F"/>
     <w:rsid w:val="001B3586"/>
     <w:rsid w:val="001B5268"/>
     <w:rsid w:val="001B625B"/>
     <w:rsid w:val="001B6BF6"/>
     <w:rsid w:val="001C05E3"/>
     <w:rsid w:val="001C0B6C"/>
     <w:rsid w:val="001C174F"/>
     <w:rsid w:val="001C1779"/>
     <w:rsid w:val="001C3796"/>
     <w:rsid w:val="001C3846"/>
     <w:rsid w:val="001C3D88"/>
     <w:rsid w:val="001C4946"/>
     <w:rsid w:val="001C4C38"/>
     <w:rsid w:val="001C5C2D"/>
     <w:rsid w:val="001C6620"/>
     <w:rsid w:val="001C68E1"/>
     <w:rsid w:val="001C6BB1"/>
     <w:rsid w:val="001D0EEB"/>
     <w:rsid w:val="001D35B7"/>
     <w:rsid w:val="001E0274"/>
     <w:rsid w:val="001E1D90"/>
     <w:rsid w:val="001E22BC"/>
     <w:rsid w:val="001E25C6"/>
     <w:rsid w:val="001E42E1"/>
     <w:rsid w:val="001E4751"/>
@@ -7070,50 +7141,51 @@
     <w:rsid w:val="004E767C"/>
     <w:rsid w:val="004F0C45"/>
     <w:rsid w:val="004F0E33"/>
     <w:rsid w:val="004F0EA2"/>
     <w:rsid w:val="004F21B6"/>
     <w:rsid w:val="004F4CB4"/>
     <w:rsid w:val="004F6A33"/>
     <w:rsid w:val="004F6A6A"/>
     <w:rsid w:val="004F71A6"/>
     <w:rsid w:val="004F7240"/>
     <w:rsid w:val="00500553"/>
     <w:rsid w:val="00500C4C"/>
     <w:rsid w:val="0050103C"/>
     <w:rsid w:val="005014B9"/>
     <w:rsid w:val="00501AE9"/>
     <w:rsid w:val="00501B20"/>
     <w:rsid w:val="00501CB2"/>
     <w:rsid w:val="00501E78"/>
     <w:rsid w:val="005033DA"/>
     <w:rsid w:val="00504719"/>
     <w:rsid w:val="00504C00"/>
     <w:rsid w:val="005056C4"/>
     <w:rsid w:val="00506C75"/>
     <w:rsid w:val="0050714E"/>
     <w:rsid w:val="00507F3F"/>
+    <w:rsid w:val="005107E2"/>
     <w:rsid w:val="005114C1"/>
     <w:rsid w:val="00512297"/>
     <w:rsid w:val="0051341A"/>
     <w:rsid w:val="005136B4"/>
     <w:rsid w:val="005139D2"/>
     <w:rsid w:val="005144FD"/>
     <w:rsid w:val="00514E47"/>
     <w:rsid w:val="00515710"/>
     <w:rsid w:val="00515AFC"/>
     <w:rsid w:val="005163F0"/>
     <w:rsid w:val="005167B1"/>
     <w:rsid w:val="00520108"/>
     <w:rsid w:val="00520CF5"/>
     <w:rsid w:val="005211CE"/>
     <w:rsid w:val="0052211A"/>
     <w:rsid w:val="005225FB"/>
     <w:rsid w:val="00522E71"/>
     <w:rsid w:val="00523389"/>
     <w:rsid w:val="005240FB"/>
     <w:rsid w:val="00526C29"/>
     <w:rsid w:val="00527305"/>
     <w:rsid w:val="00527A2D"/>
     <w:rsid w:val="00530609"/>
     <w:rsid w:val="005310B3"/>
     <w:rsid w:val="00533487"/>
@@ -7282,50 +7354,51 @@
     <w:rsid w:val="00646D6B"/>
     <w:rsid w:val="006478DA"/>
     <w:rsid w:val="00651BB5"/>
     <w:rsid w:val="00651EA6"/>
     <w:rsid w:val="006521E1"/>
     <w:rsid w:val="00652DD3"/>
     <w:rsid w:val="00654CEB"/>
     <w:rsid w:val="0065670B"/>
     <w:rsid w:val="00656D78"/>
     <w:rsid w:val="00657BA3"/>
     <w:rsid w:val="006619C0"/>
     <w:rsid w:val="00661FCA"/>
     <w:rsid w:val="00662059"/>
     <w:rsid w:val="006637ED"/>
     <w:rsid w:val="00663E6C"/>
     <w:rsid w:val="00664745"/>
     <w:rsid w:val="00664822"/>
     <w:rsid w:val="006661BE"/>
     <w:rsid w:val="00667124"/>
     <w:rsid w:val="00670F3A"/>
     <w:rsid w:val="00672740"/>
     <w:rsid w:val="00673A55"/>
     <w:rsid w:val="00673BAE"/>
     <w:rsid w:val="00673D3A"/>
     <w:rsid w:val="00677B53"/>
+    <w:rsid w:val="00680412"/>
     <w:rsid w:val="00680800"/>
     <w:rsid w:val="006809F3"/>
     <w:rsid w:val="00681B5A"/>
     <w:rsid w:val="00682392"/>
     <w:rsid w:val="006837B4"/>
     <w:rsid w:val="00683936"/>
     <w:rsid w:val="0068425C"/>
     <w:rsid w:val="0068666D"/>
     <w:rsid w:val="00686A68"/>
     <w:rsid w:val="0068700C"/>
     <w:rsid w:val="006900A5"/>
     <w:rsid w:val="00690312"/>
     <w:rsid w:val="006914EF"/>
     <w:rsid w:val="00691866"/>
     <w:rsid w:val="00692DD3"/>
     <w:rsid w:val="0069324E"/>
     <w:rsid w:val="00693836"/>
     <w:rsid w:val="0069409A"/>
     <w:rsid w:val="00694BCF"/>
     <w:rsid w:val="00695FB6"/>
     <w:rsid w:val="00696D29"/>
     <w:rsid w:val="006973E0"/>
     <w:rsid w:val="006A049E"/>
     <w:rsid w:val="006A0EF2"/>
     <w:rsid w:val="006A0FB8"/>
@@ -8773,50 +8846,51 @@
     <w:rsid w:val="00FB0AAD"/>
     <w:rsid w:val="00FB0FF0"/>
     <w:rsid w:val="00FB24C8"/>
     <w:rsid w:val="00FB26CC"/>
     <w:rsid w:val="00FB2777"/>
     <w:rsid w:val="00FB2B10"/>
     <w:rsid w:val="00FB3672"/>
     <w:rsid w:val="00FB41A5"/>
     <w:rsid w:val="00FB42C0"/>
     <w:rsid w:val="00FB47A3"/>
     <w:rsid w:val="00FB52A7"/>
     <w:rsid w:val="00FB55EC"/>
     <w:rsid w:val="00FB573A"/>
     <w:rsid w:val="00FB587B"/>
     <w:rsid w:val="00FB5FBE"/>
     <w:rsid w:val="00FB6A61"/>
     <w:rsid w:val="00FB6AF3"/>
     <w:rsid w:val="00FC002F"/>
     <w:rsid w:val="00FC0F13"/>
     <w:rsid w:val="00FC24F4"/>
     <w:rsid w:val="00FC2905"/>
     <w:rsid w:val="00FC2CB6"/>
     <w:rsid w:val="00FC421E"/>
     <w:rsid w:val="00FC4C55"/>
     <w:rsid w:val="00FC4FE9"/>
+    <w:rsid w:val="00FC5B2B"/>
     <w:rsid w:val="00FC67CB"/>
     <w:rsid w:val="00FC6832"/>
     <w:rsid w:val="00FC7B33"/>
     <w:rsid w:val="00FD0DA4"/>
     <w:rsid w:val="00FD0DED"/>
     <w:rsid w:val="00FD118F"/>
     <w:rsid w:val="00FD2C6F"/>
     <w:rsid w:val="00FD3F77"/>
     <w:rsid w:val="00FD458F"/>
     <w:rsid w:val="00FD54B7"/>
     <w:rsid w:val="00FE097F"/>
     <w:rsid w:val="00FE1980"/>
     <w:rsid w:val="00FE41D3"/>
     <w:rsid w:val="00FE44C6"/>
     <w:rsid w:val="00FE494C"/>
     <w:rsid w:val="00FE5D1A"/>
     <w:rsid w:val="00FE66E4"/>
     <w:rsid w:val="00FE6C80"/>
     <w:rsid w:val="00FE7028"/>
     <w:rsid w:val="00FE7DD7"/>
     <w:rsid w:val="00FF0241"/>
     <w:rsid w:val="00FF1A91"/>
     <w:rsid w:val="00FF31A2"/>
     <w:rsid w:val="00FF33D3"/>
     <w:rsid w:val="00FF3CE0"/>
@@ -8836,98 +8910,98 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="154EF6EB"/>
   <w15:docId w15:val="{49B55E8B-E66E-45D2-9FC4-F036BAE2F62E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1"/>
     <w:lsdException w:name="header" w:semiHidden="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9114,52 +9188,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9226,51 +9300,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
@@ -9295,413 +9369,413 @@
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="365F91"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DefaultText" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultText">
     <w:name w:val="Default Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000266E1"/>
     <w:rPr>
-      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00165D7F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0073181C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="148375839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="253514864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9900,51 +9974,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2115515164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://siaab.audits.uillinois.edu/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://siaab.audits.uillinois.edu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10203,63 +10278,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10438,121 +10511,154 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1157</Words>
+  <Characters>6573</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>168</Lines>
+  <Paragraphs>69</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Illinois Attorney General</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7661</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Jacqueline O. Hohn</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2024-06-14T13:57:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_SetDate">
+    <vt:lpwstr>2026-02-11T15:43:25Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Name">
+    <vt:lpwstr>4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_SiteId">
+    <vt:lpwstr>3f25c4e0-449b-44c1-b767-7b8914296143</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_ActionId">
+    <vt:lpwstr>b02f82d6-68bf-46af-b270-a69663c05b42</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_4fdcdbf5-dce7-4ed6-b0f0-60f9e6bae8d8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>