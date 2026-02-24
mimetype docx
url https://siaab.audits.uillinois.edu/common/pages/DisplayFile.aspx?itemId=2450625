--- v0 (2025-10-31)
+++ v1 (2026-02-24)
@@ -11,51 +11,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5591D197" w14:textId="45A5B369" w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidRDefault="007022E6" w:rsidP="00A3131A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8212D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
@@ -1668,51 +1668,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009905D0" w:rsidRPr="00135F52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">People are inadvertently registering </w:t>
       </w:r>
       <w:r w:rsidR="00135F52" w:rsidRPr="00135F52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for the 2017 Standards course and intend to register for the 2024 course</w:t>
       </w:r>
       <w:r w:rsidR="002A18DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as noted by individuals being registered for both, but only completing the 2024 training.</w:t>
+        <w:t xml:space="preserve"> as noted by individuals being registered for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A18DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>both, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A18DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only completing the 2024 training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E03FFF5" w14:textId="77777777" w:rsidR="00C95589" w:rsidRPr="00E17E6E" w:rsidRDefault="00C95589" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B9A84F1" w14:textId="3148942F" w:rsidR="00C95589" w:rsidRPr="0021286B" w:rsidRDefault="00C95589" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32CD5">
@@ -3017,51 +3035,69 @@
     </w:p>
     <w:p w14:paraId="601E23C8" w14:textId="62EEFDAC" w:rsidR="0053539C" w:rsidRDefault="0053539C" w:rsidP="00F678E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Meeting room has been reserved except for the December meeting</w:t>
       </w:r>
       <w:r w:rsidR="00FB4542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which will be held in an upstairs conference room instead of the normal meeting space.  Video conferencing is still available in the new meeting room.  </w:t>
+        <w:t xml:space="preserve"> which will be held in an upstairs conference room instead of the normal meeting space.  Video </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FB4542">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conferencing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FB4542">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is still available in the new meeting room.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F232C1" w14:textId="77777777" w:rsidR="00103FE4" w:rsidRDefault="00103FE4" w:rsidP="0099440D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CF7FDFA" w14:textId="314CF8D1" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00124A84" w:rsidP="0099440D">
@@ -3471,76 +3507,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidSect="00960254">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C410771" w14:textId="77777777" w:rsidR="00D44B55" w:rsidRDefault="00D44B55">
+    <w:p w14:paraId="49BDBCEA" w14:textId="77777777" w:rsidR="00E07DCD" w:rsidRDefault="00E07DCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B547EB6" w14:textId="77777777" w:rsidR="00D44B55" w:rsidRDefault="00D44B55">
+    <w:p w14:paraId="565531A8" w14:textId="77777777" w:rsidR="00E07DCD" w:rsidRDefault="00E07DCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3564,61 +3600,61 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="642B1A51" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6147A9D2" w14:textId="2EE65B3F" w:rsidR="007022E6" w:rsidRPr="00B45A94" w:rsidRDefault="007022E6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -3631,163 +3667,116 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FC002F" w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1AC38E6B" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E6DEA92" w14:textId="77777777" w:rsidR="00D44B55" w:rsidRDefault="00D44B55">
+    <w:p w14:paraId="069B56DB" w14:textId="77777777" w:rsidR="00E07DCD" w:rsidRDefault="00E07DCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EA7B336" w14:textId="77777777" w:rsidR="00D44B55" w:rsidRDefault="00D44B55">
+    <w:p w14:paraId="4559BB7A" w14:textId="77777777" w:rsidR="00E07DCD" w:rsidRDefault="00E07DCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="167F5BC8" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...51 lines deleted...]
-  </w:sdt>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4509543D" w14:textId="420DA9DE" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="071E513E" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6629,64 +6618,61 @@
   <w:num w:numId="22" w16cid:durableId="1926261131">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00000C0A"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00001C1C"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="000032E6"/>
@@ -7086,50 +7072,51 @@
     <w:rsid w:val="001F5B1F"/>
     <w:rsid w:val="001F61F6"/>
     <w:rsid w:val="001F6DCC"/>
     <w:rsid w:val="001F73A2"/>
     <w:rsid w:val="001F74E0"/>
     <w:rsid w:val="001F7D05"/>
     <w:rsid w:val="00201149"/>
     <w:rsid w:val="00201DD7"/>
     <w:rsid w:val="0020268A"/>
     <w:rsid w:val="00202C92"/>
     <w:rsid w:val="00205515"/>
     <w:rsid w:val="00206E90"/>
     <w:rsid w:val="00210136"/>
     <w:rsid w:val="0021286B"/>
     <w:rsid w:val="00214824"/>
     <w:rsid w:val="00214B6F"/>
     <w:rsid w:val="00216692"/>
     <w:rsid w:val="00220089"/>
     <w:rsid w:val="00220C93"/>
     <w:rsid w:val="00220EEF"/>
     <w:rsid w:val="002211C1"/>
     <w:rsid w:val="00221406"/>
     <w:rsid w:val="00221A87"/>
     <w:rsid w:val="002238E1"/>
     <w:rsid w:val="00223E98"/>
+    <w:rsid w:val="00223F4F"/>
     <w:rsid w:val="002251D7"/>
     <w:rsid w:val="00225CD1"/>
     <w:rsid w:val="00225E7B"/>
     <w:rsid w:val="002267A5"/>
     <w:rsid w:val="00226BAA"/>
     <w:rsid w:val="00227A0D"/>
     <w:rsid w:val="00230EB7"/>
     <w:rsid w:val="00232E9D"/>
     <w:rsid w:val="0023504E"/>
     <w:rsid w:val="00237945"/>
     <w:rsid w:val="00237CCB"/>
     <w:rsid w:val="00237E37"/>
     <w:rsid w:val="00237FC6"/>
     <w:rsid w:val="00240435"/>
     <w:rsid w:val="00240AAA"/>
     <w:rsid w:val="002418C7"/>
     <w:rsid w:val="00241BA8"/>
     <w:rsid w:val="00241DCC"/>
     <w:rsid w:val="00242901"/>
     <w:rsid w:val="00242C2D"/>
     <w:rsid w:val="00244AFA"/>
     <w:rsid w:val="00245802"/>
     <w:rsid w:val="00245B86"/>
     <w:rsid w:val="00246753"/>
     <w:rsid w:val="00246A2B"/>
@@ -7448,50 +7435,51 @@
     <w:rsid w:val="003E6954"/>
     <w:rsid w:val="003E6FCC"/>
     <w:rsid w:val="003E70C3"/>
     <w:rsid w:val="003E7A94"/>
     <w:rsid w:val="003F02DE"/>
     <w:rsid w:val="003F0856"/>
     <w:rsid w:val="003F1775"/>
     <w:rsid w:val="003F2A37"/>
     <w:rsid w:val="003F2A45"/>
     <w:rsid w:val="003F2B47"/>
     <w:rsid w:val="003F301E"/>
     <w:rsid w:val="003F311E"/>
     <w:rsid w:val="003F3596"/>
     <w:rsid w:val="003F39A6"/>
     <w:rsid w:val="003F412B"/>
     <w:rsid w:val="003F61B3"/>
     <w:rsid w:val="003F7866"/>
     <w:rsid w:val="0040004C"/>
     <w:rsid w:val="00400291"/>
     <w:rsid w:val="00400E67"/>
     <w:rsid w:val="004033FB"/>
     <w:rsid w:val="004035DE"/>
     <w:rsid w:val="00403A35"/>
     <w:rsid w:val="00404A88"/>
     <w:rsid w:val="0040520B"/>
+    <w:rsid w:val="004053C8"/>
     <w:rsid w:val="0040607F"/>
     <w:rsid w:val="004064F8"/>
     <w:rsid w:val="00407209"/>
     <w:rsid w:val="00407689"/>
     <w:rsid w:val="004100A4"/>
     <w:rsid w:val="004100B3"/>
     <w:rsid w:val="00411BDD"/>
     <w:rsid w:val="00411CB9"/>
     <w:rsid w:val="00412016"/>
     <w:rsid w:val="004122D8"/>
     <w:rsid w:val="004130CF"/>
     <w:rsid w:val="0041321C"/>
     <w:rsid w:val="004141B4"/>
     <w:rsid w:val="00415733"/>
     <w:rsid w:val="00415CEC"/>
     <w:rsid w:val="004164C2"/>
     <w:rsid w:val="004177A2"/>
     <w:rsid w:val="00417D78"/>
     <w:rsid w:val="0042075D"/>
     <w:rsid w:val="00421529"/>
     <w:rsid w:val="00421C3B"/>
     <w:rsid w:val="004224EC"/>
     <w:rsid w:val="0042342F"/>
     <w:rsid w:val="00423859"/>
     <w:rsid w:val="004244B0"/>
@@ -7602,51 +7590,50 @@
     <w:rsid w:val="004A3256"/>
     <w:rsid w:val="004A3B3D"/>
     <w:rsid w:val="004A46D1"/>
     <w:rsid w:val="004A4A29"/>
     <w:rsid w:val="004A519B"/>
     <w:rsid w:val="004A5760"/>
     <w:rsid w:val="004A6588"/>
     <w:rsid w:val="004A6DE2"/>
     <w:rsid w:val="004A6EE9"/>
     <w:rsid w:val="004A753B"/>
     <w:rsid w:val="004A790B"/>
     <w:rsid w:val="004B1F30"/>
     <w:rsid w:val="004B229D"/>
     <w:rsid w:val="004B2757"/>
     <w:rsid w:val="004B293A"/>
     <w:rsid w:val="004B2C2B"/>
     <w:rsid w:val="004B33F2"/>
     <w:rsid w:val="004B3A64"/>
     <w:rsid w:val="004B45A9"/>
     <w:rsid w:val="004B5470"/>
     <w:rsid w:val="004B5DBF"/>
     <w:rsid w:val="004B608D"/>
     <w:rsid w:val="004B68AF"/>
     <w:rsid w:val="004B77BC"/>
     <w:rsid w:val="004B786C"/>
-    <w:rsid w:val="004C08FE"/>
     <w:rsid w:val="004C0BAC"/>
     <w:rsid w:val="004C0CAC"/>
     <w:rsid w:val="004C119D"/>
     <w:rsid w:val="004C1EC8"/>
     <w:rsid w:val="004C2360"/>
     <w:rsid w:val="004C2778"/>
     <w:rsid w:val="004C2B29"/>
     <w:rsid w:val="004C4094"/>
     <w:rsid w:val="004C4842"/>
     <w:rsid w:val="004C4DD3"/>
     <w:rsid w:val="004C7196"/>
     <w:rsid w:val="004C736B"/>
     <w:rsid w:val="004C7546"/>
     <w:rsid w:val="004C7A22"/>
     <w:rsid w:val="004C7C37"/>
     <w:rsid w:val="004C7DC2"/>
     <w:rsid w:val="004D0968"/>
     <w:rsid w:val="004D0A43"/>
     <w:rsid w:val="004D22EE"/>
     <w:rsid w:val="004D237E"/>
     <w:rsid w:val="004D298A"/>
     <w:rsid w:val="004D3780"/>
     <w:rsid w:val="004D4224"/>
     <w:rsid w:val="004D4345"/>
     <w:rsid w:val="004D454F"/>
@@ -8453,51 +8440,50 @@
     <w:rsid w:val="0092479A"/>
     <w:rsid w:val="0092640D"/>
     <w:rsid w:val="0092652F"/>
     <w:rsid w:val="009271A4"/>
     <w:rsid w:val="00927EF0"/>
     <w:rsid w:val="0093038F"/>
     <w:rsid w:val="00930CD7"/>
     <w:rsid w:val="00930D99"/>
     <w:rsid w:val="00930E99"/>
     <w:rsid w:val="00931BCC"/>
     <w:rsid w:val="00931DD7"/>
     <w:rsid w:val="00931F89"/>
     <w:rsid w:val="00932485"/>
     <w:rsid w:val="009324E4"/>
     <w:rsid w:val="00932C5D"/>
     <w:rsid w:val="00932EB3"/>
     <w:rsid w:val="00933F18"/>
     <w:rsid w:val="009342D8"/>
     <w:rsid w:val="0093498C"/>
     <w:rsid w:val="00934A0E"/>
     <w:rsid w:val="00935770"/>
     <w:rsid w:val="009357A3"/>
     <w:rsid w:val="00936C29"/>
     <w:rsid w:val="00940276"/>
     <w:rsid w:val="00940655"/>
-    <w:rsid w:val="00941829"/>
     <w:rsid w:val="00942260"/>
     <w:rsid w:val="00942917"/>
     <w:rsid w:val="00942CE4"/>
     <w:rsid w:val="00942EC9"/>
     <w:rsid w:val="009438B2"/>
     <w:rsid w:val="009447D9"/>
     <w:rsid w:val="009451CF"/>
     <w:rsid w:val="009466F9"/>
     <w:rsid w:val="00946F31"/>
     <w:rsid w:val="00950911"/>
     <w:rsid w:val="00951698"/>
     <w:rsid w:val="009518BF"/>
     <w:rsid w:val="009520A7"/>
     <w:rsid w:val="0095261D"/>
     <w:rsid w:val="00953F0C"/>
     <w:rsid w:val="00954605"/>
     <w:rsid w:val="009546FF"/>
     <w:rsid w:val="00954929"/>
     <w:rsid w:val="00955294"/>
     <w:rsid w:val="0095654B"/>
     <w:rsid w:val="0095737D"/>
     <w:rsid w:val="009574C8"/>
     <w:rsid w:val="0095772B"/>
     <w:rsid w:val="0095788D"/>
     <w:rsid w:val="009578E0"/>
@@ -8882,51 +8868,50 @@
     <w:rsid w:val="00B41E29"/>
     <w:rsid w:val="00B4215A"/>
     <w:rsid w:val="00B42189"/>
     <w:rsid w:val="00B422B5"/>
     <w:rsid w:val="00B428EE"/>
     <w:rsid w:val="00B43089"/>
     <w:rsid w:val="00B439A0"/>
     <w:rsid w:val="00B43BC7"/>
     <w:rsid w:val="00B45A94"/>
     <w:rsid w:val="00B471E1"/>
     <w:rsid w:val="00B47253"/>
     <w:rsid w:val="00B5353F"/>
     <w:rsid w:val="00B53600"/>
     <w:rsid w:val="00B5387E"/>
     <w:rsid w:val="00B53FDF"/>
     <w:rsid w:val="00B56345"/>
     <w:rsid w:val="00B56FCE"/>
     <w:rsid w:val="00B57A7D"/>
     <w:rsid w:val="00B60C5C"/>
     <w:rsid w:val="00B60E01"/>
     <w:rsid w:val="00B613D4"/>
     <w:rsid w:val="00B62858"/>
     <w:rsid w:val="00B640E5"/>
     <w:rsid w:val="00B64664"/>
     <w:rsid w:val="00B65468"/>
-    <w:rsid w:val="00B66E11"/>
     <w:rsid w:val="00B703E3"/>
     <w:rsid w:val="00B7166F"/>
     <w:rsid w:val="00B716BB"/>
     <w:rsid w:val="00B71745"/>
     <w:rsid w:val="00B71B5C"/>
     <w:rsid w:val="00B725F0"/>
     <w:rsid w:val="00B72629"/>
     <w:rsid w:val="00B72B8B"/>
     <w:rsid w:val="00B73C71"/>
     <w:rsid w:val="00B744A3"/>
     <w:rsid w:val="00B74E45"/>
     <w:rsid w:val="00B74F29"/>
     <w:rsid w:val="00B75764"/>
     <w:rsid w:val="00B76EDA"/>
     <w:rsid w:val="00B76F88"/>
     <w:rsid w:val="00B76FF7"/>
     <w:rsid w:val="00B77EFB"/>
     <w:rsid w:val="00B81138"/>
     <w:rsid w:val="00B8280E"/>
     <w:rsid w:val="00B82918"/>
     <w:rsid w:val="00B829D6"/>
     <w:rsid w:val="00B85C52"/>
     <w:rsid w:val="00B867AD"/>
     <w:rsid w:val="00B86B7A"/>
     <w:rsid w:val="00B901F9"/>
@@ -9063,50 +9048,51 @@
     <w:rsid w:val="00C328B0"/>
     <w:rsid w:val="00C32A2B"/>
     <w:rsid w:val="00C32D5B"/>
     <w:rsid w:val="00C337AE"/>
     <w:rsid w:val="00C33986"/>
     <w:rsid w:val="00C339A0"/>
     <w:rsid w:val="00C33AD8"/>
     <w:rsid w:val="00C33B32"/>
     <w:rsid w:val="00C33CDC"/>
     <w:rsid w:val="00C34A60"/>
     <w:rsid w:val="00C364B8"/>
     <w:rsid w:val="00C36951"/>
     <w:rsid w:val="00C400AF"/>
     <w:rsid w:val="00C40AA4"/>
     <w:rsid w:val="00C40D29"/>
     <w:rsid w:val="00C41E8D"/>
     <w:rsid w:val="00C4262E"/>
     <w:rsid w:val="00C44358"/>
     <w:rsid w:val="00C446F8"/>
     <w:rsid w:val="00C4541D"/>
     <w:rsid w:val="00C45E56"/>
     <w:rsid w:val="00C46429"/>
     <w:rsid w:val="00C46568"/>
     <w:rsid w:val="00C47A03"/>
     <w:rsid w:val="00C47FD0"/>
+    <w:rsid w:val="00C51ABC"/>
     <w:rsid w:val="00C52D48"/>
     <w:rsid w:val="00C5373C"/>
     <w:rsid w:val="00C544AE"/>
     <w:rsid w:val="00C558B4"/>
     <w:rsid w:val="00C5682C"/>
     <w:rsid w:val="00C57435"/>
     <w:rsid w:val="00C57F42"/>
     <w:rsid w:val="00C61222"/>
     <w:rsid w:val="00C61297"/>
     <w:rsid w:val="00C61852"/>
     <w:rsid w:val="00C623C5"/>
     <w:rsid w:val="00C6246E"/>
     <w:rsid w:val="00C629A5"/>
     <w:rsid w:val="00C62F01"/>
     <w:rsid w:val="00C63173"/>
     <w:rsid w:val="00C63819"/>
     <w:rsid w:val="00C63B4F"/>
     <w:rsid w:val="00C65390"/>
     <w:rsid w:val="00C667B9"/>
     <w:rsid w:val="00C66B77"/>
     <w:rsid w:val="00C67167"/>
     <w:rsid w:val="00C71DAE"/>
     <w:rsid w:val="00C73A42"/>
     <w:rsid w:val="00C73AF8"/>
     <w:rsid w:val="00C73DF5"/>
@@ -9264,51 +9250,50 @@
     <w:rsid w:val="00D27310"/>
     <w:rsid w:val="00D278B7"/>
     <w:rsid w:val="00D27FA5"/>
     <w:rsid w:val="00D300AD"/>
     <w:rsid w:val="00D304BA"/>
     <w:rsid w:val="00D3060C"/>
     <w:rsid w:val="00D320EC"/>
     <w:rsid w:val="00D32849"/>
     <w:rsid w:val="00D32CD5"/>
     <w:rsid w:val="00D33258"/>
     <w:rsid w:val="00D33685"/>
     <w:rsid w:val="00D33B51"/>
     <w:rsid w:val="00D33E38"/>
     <w:rsid w:val="00D33F92"/>
     <w:rsid w:val="00D379A4"/>
     <w:rsid w:val="00D40843"/>
     <w:rsid w:val="00D40B88"/>
     <w:rsid w:val="00D41467"/>
     <w:rsid w:val="00D4155F"/>
     <w:rsid w:val="00D42376"/>
     <w:rsid w:val="00D42514"/>
     <w:rsid w:val="00D42918"/>
     <w:rsid w:val="00D43F5B"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D44983"/>
-    <w:rsid w:val="00D44B55"/>
     <w:rsid w:val="00D4515C"/>
     <w:rsid w:val="00D45296"/>
     <w:rsid w:val="00D455B0"/>
     <w:rsid w:val="00D46691"/>
     <w:rsid w:val="00D47E0B"/>
     <w:rsid w:val="00D501FB"/>
     <w:rsid w:val="00D51A38"/>
     <w:rsid w:val="00D52671"/>
     <w:rsid w:val="00D52897"/>
     <w:rsid w:val="00D52A73"/>
     <w:rsid w:val="00D52C56"/>
     <w:rsid w:val="00D52C8F"/>
     <w:rsid w:val="00D5335A"/>
     <w:rsid w:val="00D53934"/>
     <w:rsid w:val="00D54031"/>
     <w:rsid w:val="00D54644"/>
     <w:rsid w:val="00D54919"/>
     <w:rsid w:val="00D54A82"/>
     <w:rsid w:val="00D557ED"/>
     <w:rsid w:val="00D5696C"/>
     <w:rsid w:val="00D569ED"/>
     <w:rsid w:val="00D56D39"/>
     <w:rsid w:val="00D579EE"/>
     <w:rsid w:val="00D60B34"/>
     <w:rsid w:val="00D6149D"/>
@@ -9326,50 +9311,51 @@
     <w:rsid w:val="00D726EB"/>
     <w:rsid w:val="00D72FDB"/>
     <w:rsid w:val="00D73D30"/>
     <w:rsid w:val="00D74367"/>
     <w:rsid w:val="00D743BA"/>
     <w:rsid w:val="00D7500F"/>
     <w:rsid w:val="00D75AB0"/>
     <w:rsid w:val="00D76590"/>
     <w:rsid w:val="00D77830"/>
     <w:rsid w:val="00D77C68"/>
     <w:rsid w:val="00D77CCD"/>
     <w:rsid w:val="00D80E81"/>
     <w:rsid w:val="00D821BB"/>
     <w:rsid w:val="00D83759"/>
     <w:rsid w:val="00D8448B"/>
     <w:rsid w:val="00D84C2C"/>
     <w:rsid w:val="00D84E63"/>
     <w:rsid w:val="00D84FA3"/>
     <w:rsid w:val="00D85541"/>
     <w:rsid w:val="00D87D66"/>
     <w:rsid w:val="00D9049C"/>
     <w:rsid w:val="00D90B4C"/>
     <w:rsid w:val="00D91A34"/>
     <w:rsid w:val="00D9213D"/>
     <w:rsid w:val="00D92343"/>
+    <w:rsid w:val="00D94759"/>
     <w:rsid w:val="00D94B56"/>
     <w:rsid w:val="00D94EA3"/>
     <w:rsid w:val="00D95EA3"/>
     <w:rsid w:val="00D95F6D"/>
     <w:rsid w:val="00D96163"/>
     <w:rsid w:val="00D96382"/>
     <w:rsid w:val="00D97593"/>
     <w:rsid w:val="00DA1B64"/>
     <w:rsid w:val="00DA1F49"/>
     <w:rsid w:val="00DA2E06"/>
     <w:rsid w:val="00DA361E"/>
     <w:rsid w:val="00DA38F3"/>
     <w:rsid w:val="00DA39D5"/>
     <w:rsid w:val="00DA3E6C"/>
     <w:rsid w:val="00DA4055"/>
     <w:rsid w:val="00DA501D"/>
     <w:rsid w:val="00DA51F5"/>
     <w:rsid w:val="00DA5234"/>
     <w:rsid w:val="00DA57B2"/>
     <w:rsid w:val="00DA58D8"/>
     <w:rsid w:val="00DA5C69"/>
     <w:rsid w:val="00DA69EE"/>
     <w:rsid w:val="00DB0A0B"/>
     <w:rsid w:val="00DB0DD5"/>
     <w:rsid w:val="00DB1BFA"/>
@@ -9421,82 +9407,84 @@
     <w:rsid w:val="00DF1B4D"/>
     <w:rsid w:val="00DF1F52"/>
     <w:rsid w:val="00DF246F"/>
     <w:rsid w:val="00DF2547"/>
     <w:rsid w:val="00DF2574"/>
     <w:rsid w:val="00DF2CBA"/>
     <w:rsid w:val="00DF2E6D"/>
     <w:rsid w:val="00DF37CA"/>
     <w:rsid w:val="00DF44C3"/>
     <w:rsid w:val="00DF5200"/>
     <w:rsid w:val="00DF5AD3"/>
     <w:rsid w:val="00DF5B43"/>
     <w:rsid w:val="00DF7349"/>
     <w:rsid w:val="00DF7DF2"/>
     <w:rsid w:val="00E00B19"/>
     <w:rsid w:val="00E00B76"/>
     <w:rsid w:val="00E00BA7"/>
     <w:rsid w:val="00E0165D"/>
     <w:rsid w:val="00E01918"/>
     <w:rsid w:val="00E01E7F"/>
     <w:rsid w:val="00E04F46"/>
     <w:rsid w:val="00E05F1C"/>
     <w:rsid w:val="00E0614F"/>
     <w:rsid w:val="00E06A52"/>
     <w:rsid w:val="00E075FA"/>
+    <w:rsid w:val="00E07DCD"/>
     <w:rsid w:val="00E10654"/>
     <w:rsid w:val="00E1233A"/>
     <w:rsid w:val="00E12675"/>
     <w:rsid w:val="00E14A96"/>
     <w:rsid w:val="00E14B9B"/>
     <w:rsid w:val="00E1779D"/>
     <w:rsid w:val="00E17E6E"/>
     <w:rsid w:val="00E204B9"/>
     <w:rsid w:val="00E2124C"/>
     <w:rsid w:val="00E2201A"/>
     <w:rsid w:val="00E22111"/>
     <w:rsid w:val="00E246D4"/>
     <w:rsid w:val="00E24C37"/>
     <w:rsid w:val="00E269D1"/>
     <w:rsid w:val="00E2706D"/>
     <w:rsid w:val="00E273C8"/>
     <w:rsid w:val="00E307F9"/>
     <w:rsid w:val="00E30A4E"/>
     <w:rsid w:val="00E30DBF"/>
     <w:rsid w:val="00E316F0"/>
     <w:rsid w:val="00E31999"/>
     <w:rsid w:val="00E31ED0"/>
     <w:rsid w:val="00E33A37"/>
     <w:rsid w:val="00E3444E"/>
     <w:rsid w:val="00E362E9"/>
     <w:rsid w:val="00E364BA"/>
     <w:rsid w:val="00E379EA"/>
     <w:rsid w:val="00E40C7F"/>
     <w:rsid w:val="00E4160F"/>
     <w:rsid w:val="00E41C2F"/>
     <w:rsid w:val="00E434B8"/>
     <w:rsid w:val="00E439CE"/>
+    <w:rsid w:val="00E43E6C"/>
     <w:rsid w:val="00E44943"/>
     <w:rsid w:val="00E44BF5"/>
     <w:rsid w:val="00E459E2"/>
     <w:rsid w:val="00E45D42"/>
     <w:rsid w:val="00E4633D"/>
     <w:rsid w:val="00E477AC"/>
     <w:rsid w:val="00E51A5A"/>
     <w:rsid w:val="00E51DDA"/>
     <w:rsid w:val="00E52D27"/>
     <w:rsid w:val="00E5350E"/>
     <w:rsid w:val="00E535B9"/>
     <w:rsid w:val="00E540BC"/>
     <w:rsid w:val="00E54C12"/>
     <w:rsid w:val="00E55751"/>
     <w:rsid w:val="00E55D04"/>
     <w:rsid w:val="00E55EAA"/>
     <w:rsid w:val="00E55FD1"/>
     <w:rsid w:val="00E5679D"/>
     <w:rsid w:val="00E568AE"/>
     <w:rsid w:val="00E57668"/>
     <w:rsid w:val="00E57E76"/>
     <w:rsid w:val="00E604D1"/>
     <w:rsid w:val="00E60EB7"/>
     <w:rsid w:val="00E612E7"/>
     <w:rsid w:val="00E61810"/>
@@ -9565,50 +9553,51 @@
     <w:rsid w:val="00EA3B61"/>
     <w:rsid w:val="00EA3C10"/>
     <w:rsid w:val="00EA43AF"/>
     <w:rsid w:val="00EA4419"/>
     <w:rsid w:val="00EA578E"/>
     <w:rsid w:val="00EA6362"/>
     <w:rsid w:val="00EA64A7"/>
     <w:rsid w:val="00EA6CC9"/>
     <w:rsid w:val="00EB044A"/>
     <w:rsid w:val="00EB0761"/>
     <w:rsid w:val="00EB0A08"/>
     <w:rsid w:val="00EB1B0C"/>
     <w:rsid w:val="00EB1CAC"/>
     <w:rsid w:val="00EB247A"/>
     <w:rsid w:val="00EB2AFB"/>
     <w:rsid w:val="00EB317B"/>
     <w:rsid w:val="00EB3F28"/>
     <w:rsid w:val="00EB3FC2"/>
     <w:rsid w:val="00EB4A50"/>
     <w:rsid w:val="00EB570A"/>
     <w:rsid w:val="00EB5BDA"/>
     <w:rsid w:val="00EB653C"/>
     <w:rsid w:val="00EB6748"/>
     <w:rsid w:val="00EB6E9C"/>
     <w:rsid w:val="00EB7186"/>
+    <w:rsid w:val="00EB7260"/>
     <w:rsid w:val="00EB7A3C"/>
     <w:rsid w:val="00EB7B76"/>
     <w:rsid w:val="00EB7DDC"/>
     <w:rsid w:val="00EC1BB1"/>
     <w:rsid w:val="00EC1D3A"/>
     <w:rsid w:val="00EC2881"/>
     <w:rsid w:val="00EC2B32"/>
     <w:rsid w:val="00EC311B"/>
     <w:rsid w:val="00EC3A15"/>
     <w:rsid w:val="00EC3D6A"/>
     <w:rsid w:val="00EC491C"/>
     <w:rsid w:val="00EC4DD6"/>
     <w:rsid w:val="00EC4E5F"/>
     <w:rsid w:val="00EC5821"/>
     <w:rsid w:val="00EC7891"/>
     <w:rsid w:val="00ED0039"/>
     <w:rsid w:val="00ED08E6"/>
     <w:rsid w:val="00ED110D"/>
     <w:rsid w:val="00ED143C"/>
     <w:rsid w:val="00ED1B62"/>
     <w:rsid w:val="00ED22CD"/>
     <w:rsid w:val="00ED275B"/>
     <w:rsid w:val="00ED45B4"/>
     <w:rsid w:val="00ED55D1"/>
     <w:rsid w:val="00ED639F"/>
@@ -9875,51 +9864,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="154EF6EB"/>
   <w15:docId w15:val="{49B55E8B-E66E-45D2-9FC4-F036BAE2F62E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10696,51 +10685,51 @@
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0073181C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0073181C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="148375839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="253514864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11243,74 +11232,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -11489,126 +11454,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>695</Words>
-  <Characters>3968</Characters>
+  <Words>700</Words>
+  <Characters>3778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SIAAB Meeting Minutes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Illinois Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4654</CharactersWithSpaces>
+  <CharactersWithSpaces>4466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>