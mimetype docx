--- v0 (2025-10-31)
+++ v1 (2026-02-24)
@@ -1128,58 +1128,60 @@
       </w:r>
       <w:r w:rsidR="00E60EB7" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002D43EF" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004B33F2" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007A090A" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>was</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B64664" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presented</w:t>
       </w:r>
       <w:r w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for approval.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk106382373"/>
       <w:r w:rsidR="007B59F6" w:rsidRPr="00B23066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -1969,58 +1971,60 @@
       </w:r>
       <w:r w:rsidR="003501C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7B8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> acceptance.  The result of the QAR was </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">partially </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007A090A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conforms</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002D7B8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="0021286B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A motion to approve the QAR was made by Nikki Lanier and seconded by Julie Zemaitis.  The motion passed unanimously</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7B8B">
@@ -2085,51 +2089,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Illinois Department of Human </w:t>
       </w:r>
       <w:r w:rsidRPr="0021286B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Services which was validated by Nikki Lanier.  Vice-Chair Butch Stilwell reviewed the documents and completed the QAR Review Coordinators Checklist and recommend</w:t>
       </w:r>
       <w:r w:rsidR="003501C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="0021286B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> acceptance.  The result of the QAR was generally conforms.  </w:t>
+        <w:t xml:space="preserve"> acceptance.  The result of the QAR was generally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conforms</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="0021286B" w:rsidRPr="002D7B8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A motion to approve the QAR was made by </w:t>
       </w:r>
       <w:r w:rsidR="0096398A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H. Jay Wagner</w:t>
       </w:r>
       <w:r w:rsidR="0021286B" w:rsidRPr="002D7B8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and seconded by </w:t>
       </w:r>
@@ -2252,51 +2274,69 @@
         </w:rPr>
         <w:t xml:space="preserve">overdue </w:t>
       </w:r>
       <w:r w:rsidR="0096398A" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QAR</w:t>
       </w:r>
       <w:r w:rsidR="0076464A" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001170C7" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Discussion was held by the Board and a consensus was reached that Butch would respond to the questions that </w:t>
+        <w:t xml:space="preserve">  Discussion was held by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001170C7" w:rsidRPr="001D23BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Board</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001170C7" w:rsidRPr="001D23BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a consensus was reached that Butch would respond to the questions that </w:t>
       </w:r>
       <w:r w:rsidR="00802527" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>could</w:t>
       </w:r>
       <w:r w:rsidR="001170C7" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
       <w:r w:rsidR="00802527" w:rsidRPr="001D23BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be answered by materials</w:t>
       </w:r>
@@ -2808,51 +2848,69 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4242F1B2" w14:textId="60C81B86" w:rsidR="009D1F9F" w:rsidRPr="007C39B3" w:rsidRDefault="00DB0DD5" w:rsidP="001A28E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB0DD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Department of Innovation and Technology (DoIT) indicated they will provide a speaker to be determined for the conference.</w:t>
+        <w:t>The Department of Innovation and Technology (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB0DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DoIT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB0DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) indicated they will provide a speaker to be determined for the conference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C3CC00B" w14:textId="39C2E40D" w:rsidR="007022E6" w:rsidRPr="007C39B3" w:rsidRDefault="00DF246F" w:rsidP="00847F16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk103429863"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk103429905"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk103430109"/>
       <w:r w:rsidRPr="007C39B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3897,61 +3955,61 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidSect="00960254">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42689850" w14:textId="77777777" w:rsidR="000B7072" w:rsidRDefault="000B7072">
+    <w:p w14:paraId="1F0E9F61" w14:textId="77777777" w:rsidR="00D1400F" w:rsidRDefault="00D1400F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6584A8AB" w14:textId="77777777" w:rsidR="000B7072" w:rsidRDefault="000B7072">
+    <w:p w14:paraId="52732BDF" w14:textId="77777777" w:rsidR="00D1400F" w:rsidRDefault="00D1400F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4067,137 +4125,89 @@
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1AC38E6B" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03906D85" w14:textId="77777777" w:rsidR="000B7072" w:rsidRDefault="000B7072">
+    <w:p w14:paraId="4381FED2" w14:textId="77777777" w:rsidR="00D1400F" w:rsidRDefault="00D1400F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BF2E4A2" w14:textId="77777777" w:rsidR="000B7072" w:rsidRDefault="000B7072">
+    <w:p w14:paraId="0AFF0F61" w14:textId="77777777" w:rsidR="00D1400F" w:rsidRDefault="00D1400F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="167F5BC8" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...51 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="4509543D" w14:textId="366BED74" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="071E513E" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7055,62 +7065,60 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00000C0A"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00001C1C"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="000032E6"/>
@@ -7348,50 +7356,51 @@
     <w:rsid w:val="001370DC"/>
     <w:rsid w:val="00140DB5"/>
     <w:rsid w:val="00142713"/>
     <w:rsid w:val="0014313B"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00143A96"/>
     <w:rsid w:val="00145A93"/>
     <w:rsid w:val="00147505"/>
     <w:rsid w:val="00147A03"/>
     <w:rsid w:val="001501A3"/>
     <w:rsid w:val="00150677"/>
     <w:rsid w:val="00150D3E"/>
     <w:rsid w:val="00151666"/>
     <w:rsid w:val="00151B5C"/>
     <w:rsid w:val="00152707"/>
     <w:rsid w:val="0015402A"/>
     <w:rsid w:val="001545DF"/>
     <w:rsid w:val="001547B1"/>
     <w:rsid w:val="001548E4"/>
     <w:rsid w:val="00156074"/>
     <w:rsid w:val="001563E4"/>
     <w:rsid w:val="001564F5"/>
     <w:rsid w:val="0015757C"/>
     <w:rsid w:val="0015759E"/>
     <w:rsid w:val="0015762A"/>
+    <w:rsid w:val="00157A8B"/>
     <w:rsid w:val="0016017D"/>
     <w:rsid w:val="00160DBC"/>
     <w:rsid w:val="0016168D"/>
     <w:rsid w:val="0016181B"/>
     <w:rsid w:val="0016306F"/>
     <w:rsid w:val="00163274"/>
     <w:rsid w:val="001632B9"/>
     <w:rsid w:val="00163623"/>
     <w:rsid w:val="00163C03"/>
     <w:rsid w:val="0016503D"/>
     <w:rsid w:val="00165236"/>
     <w:rsid w:val="00165CFF"/>
     <w:rsid w:val="00165D3B"/>
     <w:rsid w:val="00165D7F"/>
     <w:rsid w:val="00166B60"/>
     <w:rsid w:val="00166E7B"/>
     <w:rsid w:val="001674EE"/>
     <w:rsid w:val="001709DA"/>
     <w:rsid w:val="00170B6F"/>
     <w:rsid w:val="001726CE"/>
     <w:rsid w:val="00173E13"/>
     <w:rsid w:val="001751E5"/>
     <w:rsid w:val="001755D5"/>
     <w:rsid w:val="001760F8"/>
     <w:rsid w:val="001761AC"/>
@@ -7925,50 +7934,51 @@
     <w:rsid w:val="00474CBD"/>
     <w:rsid w:val="00475390"/>
     <w:rsid w:val="004762B5"/>
     <w:rsid w:val="004771A5"/>
     <w:rsid w:val="004800F8"/>
     <w:rsid w:val="00480332"/>
     <w:rsid w:val="0048137E"/>
     <w:rsid w:val="0048173E"/>
     <w:rsid w:val="00481CF0"/>
     <w:rsid w:val="00482391"/>
     <w:rsid w:val="00482541"/>
     <w:rsid w:val="00482A57"/>
     <w:rsid w:val="00482B81"/>
     <w:rsid w:val="00482BA3"/>
     <w:rsid w:val="00483B3F"/>
     <w:rsid w:val="00484473"/>
     <w:rsid w:val="004844BA"/>
     <w:rsid w:val="00484881"/>
     <w:rsid w:val="00484A3D"/>
     <w:rsid w:val="00485FD1"/>
     <w:rsid w:val="004863B9"/>
     <w:rsid w:val="004867E4"/>
     <w:rsid w:val="00487201"/>
     <w:rsid w:val="00490A2A"/>
     <w:rsid w:val="00491E31"/>
+    <w:rsid w:val="00491ECD"/>
     <w:rsid w:val="00491FCB"/>
     <w:rsid w:val="004934F0"/>
     <w:rsid w:val="00493827"/>
     <w:rsid w:val="00494205"/>
     <w:rsid w:val="00494670"/>
     <w:rsid w:val="00494C1D"/>
     <w:rsid w:val="0049523A"/>
     <w:rsid w:val="0049589B"/>
     <w:rsid w:val="00495DB7"/>
     <w:rsid w:val="00495E97"/>
     <w:rsid w:val="00497CEC"/>
     <w:rsid w:val="00497D94"/>
     <w:rsid w:val="004A0E9E"/>
     <w:rsid w:val="004A0EF1"/>
     <w:rsid w:val="004A146B"/>
     <w:rsid w:val="004A2C1B"/>
     <w:rsid w:val="004A3142"/>
     <w:rsid w:val="004A3228"/>
     <w:rsid w:val="004A3256"/>
     <w:rsid w:val="004A3B3D"/>
     <w:rsid w:val="004A46D1"/>
     <w:rsid w:val="004A4A29"/>
     <w:rsid w:val="004A519B"/>
     <w:rsid w:val="004A5760"/>
     <w:rsid w:val="004A6588"/>
@@ -8371,50 +8381,51 @@
     <w:rsid w:val="006E675C"/>
     <w:rsid w:val="006E72A2"/>
     <w:rsid w:val="006F1F22"/>
     <w:rsid w:val="006F2241"/>
     <w:rsid w:val="006F27F0"/>
     <w:rsid w:val="006F284F"/>
     <w:rsid w:val="006F2A25"/>
     <w:rsid w:val="006F2AE5"/>
     <w:rsid w:val="006F2CCF"/>
     <w:rsid w:val="006F4632"/>
     <w:rsid w:val="006F5E2B"/>
     <w:rsid w:val="006F6E66"/>
     <w:rsid w:val="007002FF"/>
     <w:rsid w:val="00700BED"/>
     <w:rsid w:val="00700D42"/>
     <w:rsid w:val="0070106D"/>
     <w:rsid w:val="007022E6"/>
     <w:rsid w:val="00702840"/>
     <w:rsid w:val="007042C7"/>
     <w:rsid w:val="00704FD3"/>
     <w:rsid w:val="0070511A"/>
     <w:rsid w:val="00705439"/>
     <w:rsid w:val="00707867"/>
     <w:rsid w:val="00707992"/>
     <w:rsid w:val="00710565"/>
+    <w:rsid w:val="00710E08"/>
     <w:rsid w:val="00710F2A"/>
     <w:rsid w:val="00711BA6"/>
     <w:rsid w:val="0071230B"/>
     <w:rsid w:val="007137E8"/>
     <w:rsid w:val="007151B3"/>
     <w:rsid w:val="00715A89"/>
     <w:rsid w:val="007163BE"/>
     <w:rsid w:val="00716C8A"/>
     <w:rsid w:val="00717515"/>
     <w:rsid w:val="007179C4"/>
     <w:rsid w:val="00717DD8"/>
     <w:rsid w:val="00722834"/>
     <w:rsid w:val="0072309A"/>
     <w:rsid w:val="007231D0"/>
     <w:rsid w:val="00723272"/>
     <w:rsid w:val="00723497"/>
     <w:rsid w:val="00724118"/>
     <w:rsid w:val="007263C8"/>
     <w:rsid w:val="007264DE"/>
     <w:rsid w:val="00726A9D"/>
     <w:rsid w:val="00727ADE"/>
     <w:rsid w:val="00730526"/>
     <w:rsid w:val="00731558"/>
     <w:rsid w:val="0073181C"/>
     <w:rsid w:val="00731A20"/>
@@ -8763,50 +8774,51 @@
     <w:rsid w:val="009217DD"/>
     <w:rsid w:val="0092479A"/>
     <w:rsid w:val="0092640D"/>
     <w:rsid w:val="0092652F"/>
     <w:rsid w:val="009271A4"/>
     <w:rsid w:val="00927EF0"/>
     <w:rsid w:val="0093038F"/>
     <w:rsid w:val="00930CD7"/>
     <w:rsid w:val="00930D99"/>
     <w:rsid w:val="00930E99"/>
     <w:rsid w:val="00931BCC"/>
     <w:rsid w:val="00931DD7"/>
     <w:rsid w:val="00931F89"/>
     <w:rsid w:val="00932485"/>
     <w:rsid w:val="009324E4"/>
     <w:rsid w:val="00932C5D"/>
     <w:rsid w:val="00932EB3"/>
     <w:rsid w:val="009342D8"/>
     <w:rsid w:val="0093498C"/>
     <w:rsid w:val="00934A0E"/>
     <w:rsid w:val="00935770"/>
     <w:rsid w:val="009357A3"/>
     <w:rsid w:val="00936C29"/>
     <w:rsid w:val="00940276"/>
     <w:rsid w:val="00940655"/>
+    <w:rsid w:val="00941853"/>
     <w:rsid w:val="00942260"/>
     <w:rsid w:val="00942917"/>
     <w:rsid w:val="00942CE4"/>
     <w:rsid w:val="00942EC9"/>
     <w:rsid w:val="009438B2"/>
     <w:rsid w:val="009447D9"/>
     <w:rsid w:val="009451CF"/>
     <w:rsid w:val="009466F9"/>
     <w:rsid w:val="00946F31"/>
     <w:rsid w:val="00950911"/>
     <w:rsid w:val="00951698"/>
     <w:rsid w:val="009518BF"/>
     <w:rsid w:val="009520A7"/>
     <w:rsid w:val="0095261D"/>
     <w:rsid w:val="00953F0C"/>
     <w:rsid w:val="00954605"/>
     <w:rsid w:val="009546FF"/>
     <w:rsid w:val="00954929"/>
     <w:rsid w:val="00955294"/>
     <w:rsid w:val="0095654B"/>
     <w:rsid w:val="0095737D"/>
     <w:rsid w:val="009574C8"/>
     <w:rsid w:val="0095772B"/>
     <w:rsid w:val="0095788D"/>
     <w:rsid w:val="009578E0"/>
@@ -9491,50 +9503,51 @@
     <w:rsid w:val="00CF0598"/>
     <w:rsid w:val="00CF3BC5"/>
     <w:rsid w:val="00CF3BE7"/>
     <w:rsid w:val="00CF4000"/>
     <w:rsid w:val="00CF4FFB"/>
     <w:rsid w:val="00CF5814"/>
     <w:rsid w:val="00CF590F"/>
     <w:rsid w:val="00CF5D4D"/>
     <w:rsid w:val="00CF5D60"/>
     <w:rsid w:val="00CF6226"/>
     <w:rsid w:val="00CF706D"/>
     <w:rsid w:val="00D00BE7"/>
     <w:rsid w:val="00D01855"/>
     <w:rsid w:val="00D01E85"/>
     <w:rsid w:val="00D01F5D"/>
     <w:rsid w:val="00D02F1F"/>
     <w:rsid w:val="00D03007"/>
     <w:rsid w:val="00D03156"/>
     <w:rsid w:val="00D05BE6"/>
     <w:rsid w:val="00D06662"/>
     <w:rsid w:val="00D1128C"/>
     <w:rsid w:val="00D11EA6"/>
     <w:rsid w:val="00D12694"/>
     <w:rsid w:val="00D12E5C"/>
     <w:rsid w:val="00D13F18"/>
+    <w:rsid w:val="00D1400F"/>
     <w:rsid w:val="00D14304"/>
     <w:rsid w:val="00D14418"/>
     <w:rsid w:val="00D145E9"/>
     <w:rsid w:val="00D148CC"/>
     <w:rsid w:val="00D14C23"/>
     <w:rsid w:val="00D151F7"/>
     <w:rsid w:val="00D16B5A"/>
     <w:rsid w:val="00D1761B"/>
     <w:rsid w:val="00D21921"/>
     <w:rsid w:val="00D226B5"/>
     <w:rsid w:val="00D22AE0"/>
     <w:rsid w:val="00D231CB"/>
     <w:rsid w:val="00D233D6"/>
     <w:rsid w:val="00D23AA3"/>
     <w:rsid w:val="00D246CC"/>
     <w:rsid w:val="00D248E9"/>
     <w:rsid w:val="00D25194"/>
     <w:rsid w:val="00D26280"/>
     <w:rsid w:val="00D264F9"/>
     <w:rsid w:val="00D269BD"/>
     <w:rsid w:val="00D26F8D"/>
     <w:rsid w:val="00D27310"/>
     <w:rsid w:val="00D278B7"/>
     <w:rsid w:val="00D27FA5"/>
     <w:rsid w:val="00D300AD"/>
@@ -11472,65 +11485,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -11709,135 +11707,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>888</Words>
-  <Characters>5113</Characters>
+  <Characters>4935</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SIAAB Meeting Minutes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Illinois Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5990</CharactersWithSpaces>
+  <CharactersWithSpaces>5794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>