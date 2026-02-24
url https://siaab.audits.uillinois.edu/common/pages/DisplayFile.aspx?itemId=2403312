--- v0 (2025-10-31)
+++ v1 (2026-02-24)
@@ -1561,57 +1561,67 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA5234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Julie </w:t>
       </w:r>
       <w:r w:rsidR="004177A2" w:rsidRPr="00DA5234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zemaitis </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DA5234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">reported </w:t>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DA5234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00425D59" w:rsidRPr="00DA5234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CPE for the 2024 Global Internal Audit Standards course had been awarded to three individuals</w:t>
       </w:r>
       <w:r w:rsidR="00B76F88" w:rsidRPr="00DA5234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697C233E" w14:textId="77777777" w:rsidR="004177A2" w:rsidRPr="00DA5234" w:rsidRDefault="004177A2" w:rsidP="00F56E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1678,83 +1688,119 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DFBD5EB" w14:textId="3261CECF" w:rsidR="00B23066" w:rsidRPr="00000C0A" w:rsidRDefault="00B23066" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">There were no completed </w:t>
+        <w:t xml:space="preserve">There were no </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00000C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00000C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A819D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quality Assurance Reviews (</w:t>
       </w:r>
       <w:r w:rsidRPr="00000C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QAR</w:t>
       </w:r>
       <w:r w:rsidR="00A819D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00000C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> received and no new request.  </w:t>
+        <w:t xml:space="preserve"> received and no new </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00000C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00000C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="213465F8" w14:textId="77777777" w:rsidR="00B23066" w:rsidRDefault="00B23066" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FAB83A6" w14:textId="1426959B" w:rsidR="003D7FFE" w:rsidRPr="00FC0D06" w:rsidRDefault="00C84FB1" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC0D06">
@@ -1853,75 +1899,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> professional</w:t>
       </w:r>
       <w:r w:rsidR="00A5237D" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> judgement of the Chief Internal Auditor </w:t>
       </w:r>
       <w:r w:rsidR="001A4324" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to determine </w:t>
       </w:r>
       <w:r w:rsidR="00932C5D" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the time period for review and the QAR matrix </w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00932C5D" w:rsidRPr="00FC0D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00932C5D" w:rsidRPr="00FC0D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for review and the QAR matrix </w:t>
       </w:r>
       <w:r w:rsidR="00AC0852" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that will be </w:t>
       </w:r>
       <w:r w:rsidR="00932C5D" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:r w:rsidR="00AC0852" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The time period of the review and matrix </w:t>
+        <w:t xml:space="preserve">.  The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC0852" w:rsidRPr="00FC0D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC0852" w:rsidRPr="00FC0D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the review and matrix </w:t>
       </w:r>
       <w:r w:rsidR="003D7FFE" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">will still be approved by the Board. </w:t>
       </w:r>
       <w:r w:rsidR="00932C5D" w:rsidRPr="00FC0D06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EFC1B9" w14:textId="77777777" w:rsidR="003D7FFE" w:rsidRPr="00FC0D06" w:rsidRDefault="003D7FFE" w:rsidP="00001B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2599,51 +2681,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Steven Kirk </w:t>
       </w:r>
       <w:r w:rsidR="000A0C69" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">notified </w:t>
       </w:r>
       <w:r w:rsidR="00674BB6" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the Board</w:t>
       </w:r>
       <w:r w:rsidR="000A0C69" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of an upcoming </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A0C69" w:rsidRPr="00674BB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A0C69" w:rsidRPr="00674BB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> upcoming </w:t>
       </w:r>
       <w:r w:rsidR="000F11C2" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>free</w:t>
       </w:r>
       <w:r w:rsidR="006019A7" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> training </w:t>
       </w:r>
       <w:r w:rsidR="004F0F49" w:rsidRPr="00674BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">offered by </w:t>
       </w:r>
@@ -2794,51 +2894,69 @@
         </w:rPr>
         <w:t>assessing different venue</w:t>
       </w:r>
       <w:r w:rsidR="002B7A13" w:rsidRPr="003C2592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s for the SIAAB fall conference</w:t>
       </w:r>
       <w:r w:rsidR="007B211D" w:rsidRPr="003C2592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="0030148F" w:rsidRPr="003C2592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Based upon the prices received the Northfield is </w:t>
+        <w:t xml:space="preserve">Based upon the prices received </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0030148F" w:rsidRPr="003C2592">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Northfield</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0030148F" w:rsidRPr="003C2592">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidR="00B05C5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">still </w:t>
       </w:r>
       <w:r w:rsidR="0030148F" w:rsidRPr="003C2592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the cheapest option.  Jay is still waiting to hear back from a couple of options. </w:t>
       </w:r>
       <w:r w:rsidR="005C6CF8" w:rsidRPr="003C2592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3376,67 +3494,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Teri </w:t>
       </w:r>
       <w:r w:rsidR="004E4F2F" w:rsidRPr="00F26E91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">will have discussions with the Comptroller’s office </w:t>
       </w:r>
       <w:r w:rsidR="00FF253A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="00FF253A" w:rsidRPr="00FF253A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">SIAAB’s proposed </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> inquire with the Office of the Auditor General if it would be allowable to state they take a neutral position.</w:t>
+        <w:t>SIAAB’s proposed updates and inquire with the Office of the Auditor General if it would be allowable to state they take a neutral position.</w:t>
       </w:r>
       <w:r w:rsidR="005F11A3" w:rsidRPr="00F26E91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E0710D" w14:textId="77777777" w:rsidR="00C9455B" w:rsidRPr="00F26E91" w:rsidRDefault="00C9455B" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A11EE27" w14:textId="77777777" w:rsidR="0062599E" w:rsidRDefault="00E00B76" w:rsidP="000A198D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -3590,65 +3692,75 @@
       </w:r>
       <w:r w:rsidR="004100B3" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teri </w:t>
       </w:r>
       <w:r w:rsidR="009C46D4" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="004100B3" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">send out </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009C46D4" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="004100B3" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>final communication</w:t>
+        <w:t>final</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004100B3" w:rsidRPr="00A243B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communication</w:t>
       </w:r>
       <w:r w:rsidR="009C46D4" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the chiefs along with the topics for discussion and the IT Auditor working group</w:t>
       </w:r>
       <w:r w:rsidR="004A6DE2" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> introduction to IT auditing document.</w:t>
       </w:r>
       <w:r w:rsidR="004100B3" w:rsidRPr="00A243B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -4304,61 +4416,61 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007022E6" w:rsidRPr="00F8212D" w:rsidSect="00960254">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54FFBF45" w14:textId="77777777" w:rsidR="00BA26C5" w:rsidRDefault="00BA26C5">
+    <w:p w14:paraId="5BA3AB9A" w14:textId="77777777" w:rsidR="00E26CC8" w:rsidRDefault="00E26CC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7551D17F" w14:textId="77777777" w:rsidR="00BA26C5" w:rsidRDefault="00BA26C5">
+    <w:p w14:paraId="2A516AC1" w14:textId="77777777" w:rsidR="00E26CC8" w:rsidRDefault="00E26CC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4474,136 +4586,89 @@
     <w:r w:rsidRPr="00B45A94">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1AC38E6B" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D25E9B3" w14:textId="77777777" w:rsidR="00BA26C5" w:rsidRDefault="00BA26C5">
+    <w:p w14:paraId="09FAEF20" w14:textId="77777777" w:rsidR="00E26CC8" w:rsidRDefault="00E26CC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="775AD02E" w14:textId="77777777" w:rsidR="00BA26C5" w:rsidRDefault="00BA26C5">
+    <w:p w14:paraId="730EFD7E" w14:textId="77777777" w:rsidR="00E26CC8" w:rsidRDefault="00E26CC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="167F5BC8" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...50 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="4509543D" w14:textId="78567B9C" w:rsidR="00EC3D6A" w:rsidRDefault="00EC3D6A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="071E513E" w14:textId="77777777" w:rsidR="00D7117F" w:rsidRDefault="00D7117F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008B7DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96665CBA"/>
     <w:lvl w:ilvl="0" w:tplc="245669AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7461,63 +7526,60 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="705787516">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="879437059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1888099557">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="313145904">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="988051223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581332990">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022E6"/>
     <w:rsid w:val="00000C0A"/>
     <w:rsid w:val="00001B64"/>
     <w:rsid w:val="00002686"/>
     <w:rsid w:val="000032E6"/>
     <w:rsid w:val="00003745"/>
@@ -8739,50 +8801,51 @@
     <w:rsid w:val="006E675C"/>
     <w:rsid w:val="006E72A2"/>
     <w:rsid w:val="006F1F22"/>
     <w:rsid w:val="006F2241"/>
     <w:rsid w:val="006F27F0"/>
     <w:rsid w:val="006F284F"/>
     <w:rsid w:val="006F2A25"/>
     <w:rsid w:val="006F2AE5"/>
     <w:rsid w:val="006F2CCF"/>
     <w:rsid w:val="006F4632"/>
     <w:rsid w:val="006F5E2B"/>
     <w:rsid w:val="006F6E66"/>
     <w:rsid w:val="007002FF"/>
     <w:rsid w:val="00700BED"/>
     <w:rsid w:val="00700D42"/>
     <w:rsid w:val="0070106D"/>
     <w:rsid w:val="007022E6"/>
     <w:rsid w:val="00702840"/>
     <w:rsid w:val="007042C7"/>
     <w:rsid w:val="00704FD3"/>
     <w:rsid w:val="0070511A"/>
     <w:rsid w:val="00705439"/>
     <w:rsid w:val="00707867"/>
     <w:rsid w:val="00707992"/>
     <w:rsid w:val="00710565"/>
+    <w:rsid w:val="00710E08"/>
     <w:rsid w:val="00710F2A"/>
     <w:rsid w:val="00711BA6"/>
     <w:rsid w:val="0071230B"/>
     <w:rsid w:val="007137E8"/>
     <w:rsid w:val="007151B3"/>
     <w:rsid w:val="00715A89"/>
     <w:rsid w:val="007163BE"/>
     <w:rsid w:val="00716C8A"/>
     <w:rsid w:val="00717515"/>
     <w:rsid w:val="007179C4"/>
     <w:rsid w:val="00722834"/>
     <w:rsid w:val="0072309A"/>
     <w:rsid w:val="007231D0"/>
     <w:rsid w:val="00723272"/>
     <w:rsid w:val="00723497"/>
     <w:rsid w:val="00724118"/>
     <w:rsid w:val="007263C8"/>
     <w:rsid w:val="007264DE"/>
     <w:rsid w:val="00726A9D"/>
     <w:rsid w:val="00727ADE"/>
     <w:rsid w:val="00730526"/>
     <w:rsid w:val="0073181C"/>
     <w:rsid w:val="00731A20"/>
     <w:rsid w:val="00731EEF"/>
     <w:rsid w:val="00733262"/>
@@ -9237,50 +9300,51 @@
     <w:rsid w:val="009C2E72"/>
     <w:rsid w:val="009C46D4"/>
     <w:rsid w:val="009C5E34"/>
     <w:rsid w:val="009C622F"/>
     <w:rsid w:val="009C62EA"/>
     <w:rsid w:val="009C6B4C"/>
     <w:rsid w:val="009C7E20"/>
     <w:rsid w:val="009D02EE"/>
     <w:rsid w:val="009D0D49"/>
     <w:rsid w:val="009D4C3F"/>
     <w:rsid w:val="009D4FAE"/>
     <w:rsid w:val="009D568B"/>
     <w:rsid w:val="009D5DF5"/>
     <w:rsid w:val="009D6C77"/>
     <w:rsid w:val="009D7364"/>
     <w:rsid w:val="009E1FDA"/>
     <w:rsid w:val="009E47C3"/>
     <w:rsid w:val="009E4DA5"/>
     <w:rsid w:val="009E6999"/>
     <w:rsid w:val="009E73D5"/>
     <w:rsid w:val="009E7759"/>
     <w:rsid w:val="009E79A7"/>
     <w:rsid w:val="009F07AA"/>
     <w:rsid w:val="009F0A35"/>
     <w:rsid w:val="009F0E30"/>
+    <w:rsid w:val="009F1046"/>
     <w:rsid w:val="009F126D"/>
     <w:rsid w:val="009F262B"/>
     <w:rsid w:val="009F2FD6"/>
     <w:rsid w:val="009F3BD9"/>
     <w:rsid w:val="009F48D7"/>
     <w:rsid w:val="009F52EE"/>
     <w:rsid w:val="009F565E"/>
     <w:rsid w:val="009F5BA7"/>
     <w:rsid w:val="009F5BD2"/>
     <w:rsid w:val="009F7464"/>
     <w:rsid w:val="009F7556"/>
     <w:rsid w:val="009F7607"/>
     <w:rsid w:val="009F7F2E"/>
     <w:rsid w:val="009F7FEE"/>
     <w:rsid w:val="00A009F2"/>
     <w:rsid w:val="00A0247F"/>
     <w:rsid w:val="00A03E6C"/>
     <w:rsid w:val="00A04238"/>
     <w:rsid w:val="00A05109"/>
     <w:rsid w:val="00A06C7D"/>
     <w:rsid w:val="00A07B20"/>
     <w:rsid w:val="00A11077"/>
     <w:rsid w:val="00A11755"/>
     <w:rsid w:val="00A120AB"/>
     <w:rsid w:val="00A12AAD"/>
@@ -9550,50 +9614,51 @@
     <w:rsid w:val="00B903B6"/>
     <w:rsid w:val="00B90867"/>
     <w:rsid w:val="00B90A13"/>
     <w:rsid w:val="00B917A7"/>
     <w:rsid w:val="00B91E94"/>
     <w:rsid w:val="00B9233F"/>
     <w:rsid w:val="00B927D3"/>
     <w:rsid w:val="00B92928"/>
     <w:rsid w:val="00B9332E"/>
     <w:rsid w:val="00B953B3"/>
     <w:rsid w:val="00B95AF3"/>
     <w:rsid w:val="00B960C8"/>
     <w:rsid w:val="00BA0A92"/>
     <w:rsid w:val="00BA0E16"/>
     <w:rsid w:val="00BA26C5"/>
     <w:rsid w:val="00BA2A87"/>
     <w:rsid w:val="00BA2AD9"/>
     <w:rsid w:val="00BA457A"/>
     <w:rsid w:val="00BA4B95"/>
     <w:rsid w:val="00BA5388"/>
     <w:rsid w:val="00BA5F8F"/>
     <w:rsid w:val="00BA7982"/>
     <w:rsid w:val="00BA7E66"/>
     <w:rsid w:val="00BB0539"/>
     <w:rsid w:val="00BB0DC1"/>
+    <w:rsid w:val="00BB16AA"/>
     <w:rsid w:val="00BB1917"/>
     <w:rsid w:val="00BB1C5F"/>
     <w:rsid w:val="00BB3018"/>
     <w:rsid w:val="00BB3547"/>
     <w:rsid w:val="00BB37E6"/>
     <w:rsid w:val="00BB399E"/>
     <w:rsid w:val="00BB4557"/>
     <w:rsid w:val="00BB49ED"/>
     <w:rsid w:val="00BB72E0"/>
     <w:rsid w:val="00BB7E98"/>
     <w:rsid w:val="00BC04A9"/>
     <w:rsid w:val="00BC0E6D"/>
     <w:rsid w:val="00BC2533"/>
     <w:rsid w:val="00BC3474"/>
     <w:rsid w:val="00BC3912"/>
     <w:rsid w:val="00BC4759"/>
     <w:rsid w:val="00BC47BD"/>
     <w:rsid w:val="00BC4827"/>
     <w:rsid w:val="00BC49B8"/>
     <w:rsid w:val="00BC65D7"/>
     <w:rsid w:val="00BC6A48"/>
     <w:rsid w:val="00BC6AAA"/>
     <w:rsid w:val="00BC719A"/>
     <w:rsid w:val="00BC78E6"/>
     <w:rsid w:val="00BD018D"/>
@@ -10011,50 +10076,51 @@
     <w:rsid w:val="00DF5200"/>
     <w:rsid w:val="00DF5AD3"/>
     <w:rsid w:val="00DF5B43"/>
     <w:rsid w:val="00DF7349"/>
     <w:rsid w:val="00DF7DF2"/>
     <w:rsid w:val="00E00B19"/>
     <w:rsid w:val="00E00B76"/>
     <w:rsid w:val="00E00BA7"/>
     <w:rsid w:val="00E0165D"/>
     <w:rsid w:val="00E01918"/>
     <w:rsid w:val="00E01E7F"/>
     <w:rsid w:val="00E04F46"/>
     <w:rsid w:val="00E05F1C"/>
     <w:rsid w:val="00E075FA"/>
     <w:rsid w:val="00E10654"/>
     <w:rsid w:val="00E14A96"/>
     <w:rsid w:val="00E14B9B"/>
     <w:rsid w:val="00E1779D"/>
     <w:rsid w:val="00E204B9"/>
     <w:rsid w:val="00E2124C"/>
     <w:rsid w:val="00E2201A"/>
     <w:rsid w:val="00E22111"/>
     <w:rsid w:val="00E246D4"/>
     <w:rsid w:val="00E24C37"/>
     <w:rsid w:val="00E269D1"/>
+    <w:rsid w:val="00E26CC8"/>
     <w:rsid w:val="00E2706D"/>
     <w:rsid w:val="00E273C8"/>
     <w:rsid w:val="00E307F9"/>
     <w:rsid w:val="00E30A4E"/>
     <w:rsid w:val="00E30DBF"/>
     <w:rsid w:val="00E316F0"/>
     <w:rsid w:val="00E31999"/>
     <w:rsid w:val="00E31ED0"/>
     <w:rsid w:val="00E33A37"/>
     <w:rsid w:val="00E3444E"/>
     <w:rsid w:val="00E362E9"/>
     <w:rsid w:val="00E364BA"/>
     <w:rsid w:val="00E40C7F"/>
     <w:rsid w:val="00E41C2F"/>
     <w:rsid w:val="00E434B8"/>
     <w:rsid w:val="00E44943"/>
     <w:rsid w:val="00E45D42"/>
     <w:rsid w:val="00E4633D"/>
     <w:rsid w:val="00E477AC"/>
     <w:rsid w:val="00E51A5A"/>
     <w:rsid w:val="00E51DDA"/>
     <w:rsid w:val="00E52D27"/>
     <w:rsid w:val="00E5350E"/>
     <w:rsid w:val="00E535B9"/>
     <w:rsid w:val="00E540BC"/>
@@ -10872,50 +10938,51 @@
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -11777,65 +11844,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100257579528500A448A5ED7EE1F6C136F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6deeac200afb8d5de78622df0f4ce53a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7" xmlns:ns3="799e10e6-26f1-49f1-97d1-22a60268109f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dccda5fab4abcaf7e79df7217cfa3c98" ns2:_="" ns3:_="">
     <xsd:import namespace="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <xsd:import namespace="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12014,135 +12066,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="799e10e6-26f1-49f1-97d1-22a60268109f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F2D2A8-920C-4343-9094-4A587FD460BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
     <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543946B4-23C4-42F1-9471-79D19F16F759}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="799e10e6-26f1-49f1-97d1-22a60268109f"/>
+    <ds:schemaRef ds:uri="5beeb71c-2d11-413c-a7f4-bc2fbb5dfcc7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069C1913-42ED-4F00-B1A1-82BCCD5821F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55D2E15B-BFD0-4A2C-91E7-10EBAF3B93AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1032</Words>
-  <Characters>5889</Characters>
+  <Words>1070</Words>
+  <Characters>5644</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>150</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SIAAB Meeting Minutes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Illinois Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6908</CharactersWithSpaces>
+  <CharactersWithSpaces>6705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SIAAB Meeting Minutes</dc:title>
   <dc:subject/>
   <dc:creator>State Internal Audit Audisory Board</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100257579528500A448A5ED7EE1F6C136F0</vt:lpwstr>